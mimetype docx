--- v0 (2025-12-19)
+++ v1 (2026-03-17)
@@ -1,4537 +1,10364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1F4D84C7" w14:textId="5410A7CE" w:rsidR="00691489" w:rsidRDefault="00DC555E" w:rsidP="00017024">
-[...82 lines deleted...]
-    <w:p w14:paraId="2AD7E9D0" w14:textId="09FE23C9" w:rsidR="00C43A20" w:rsidRPr="001C63AD" w:rsidRDefault="00DC555E" w:rsidP="00395364">
+    <w:p w14:paraId="7C3B8CF6" w14:textId="11736AAE" w:rsidR="001E4D20" w:rsidRPr="00C7398A" w:rsidRDefault="00C7398A" w:rsidP="004571F5">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
         </w:tabs>
-        <w:rPr>
-[...218 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7398A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individueller </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4D20" w:rsidRPr="00C7398A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Übergangsplan zur beruflichen Eingliederung </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="578854D8" w14:textId="6B89AA79" w:rsidR="004574DC" w:rsidRDefault="004574DC" w:rsidP="2B88EA02">
+    <w:p w14:paraId="396E7387" w14:textId="77777777" w:rsidR="008179AE" w:rsidRDefault="008179AE" w:rsidP="004571F5">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...41 lines deleted...]
-      </w:sdt>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3831A947" w14:textId="5D2CE9CF" w:rsidR="00B65907" w:rsidRDefault="00A57870" w:rsidP="001E2F78">
+    <w:p w14:paraId="18752EDD" w14:textId="09B181BB" w:rsidR="00BC12CE" w:rsidRDefault="008F6298" w:rsidP="004571F5">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dieses Dokument ist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7C81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>obligatorisch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> für Schülerinnen und Schüler, die in der Regelschule mit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7C81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>verstärkten sonderpädagogischen Massnahmen (VM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder in einer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7C81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Sonderschule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beschult werden.</w:t>
+      </w:r>
+      <w:r w:rsidR="006368EA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Es kann ebenfalls für Schülerinnen und Schüler verwendet werden, die lediglich niederschwellige</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>, andere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder keine Unterstützungsma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nahmen erhalten, sofern das Netzwerk beabsichtigt, eine Anmeldung bei der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>IV für berufliche Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA391A" w:rsidRPr="00524F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524F77">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nahmen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6298">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>vorzunehmen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BF46D3" w14:textId="77777777" w:rsidR="00DA391A" w:rsidRDefault="00DA391A" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="05objet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...50 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="129B9B63" w14:textId="04361D6D" w:rsidR="0034177B" w:rsidRPr="00A57870" w:rsidRDefault="0034177B" w:rsidP="0034177B">
+    <w:p w14:paraId="1F0E0D70" w14:textId="12581888" w:rsidR="004C3B99" w:rsidRPr="004C3B99" w:rsidRDefault="004C3B99" w:rsidP="004571F5">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
-        <w:rPr>
-[...100 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B99">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Allgemeine Angaben</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513302F5" w14:textId="77777777" w:rsidR="00A84EDB" w:rsidRDefault="00A84EDB">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A03F3" w:rsidRPr="00AE2E58" w14:paraId="13FF586F" w14:textId="77777777" w:rsidTr="003A03F3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63834764" w14:textId="7845CD22" w:rsidR="003A03F3" w:rsidRPr="00A70027" w:rsidRDefault="003A03F3" w:rsidP="00EA22EE">
+            <w:pPr>
+              <w:pStyle w:val="05objet"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5181"/>
+                <w:tab w:val="left" w:pos="5400"/>
+                <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name, Vorname der Schülerin/des Schülers: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Texte1"/>
+            <w:r w:rsidRPr="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA22EE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Geburtsdatum: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Texte2"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00270775">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00270775">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00270775">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00270775">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00270775">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w14:paraId="3E56A032" w14:textId="1C7DA716" w:rsidR="003A03F3" w:rsidRPr="00650D9D" w:rsidRDefault="003A03F3" w:rsidP="004571F5">
+            <w:pPr>
+              <w:pStyle w:val="05objet"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00650D9D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Aktuelle Unterstützungsmassnahm</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54C08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:alias w:val="Unterstützungsmassnahmen"/>
+                <w:tag w:val="Unterstützungsmassnahmen"/>
+                <w:id w:val="2045096320"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="7ABFFCBBC3A949D8B5DED4DD33F3280E"/>
+                </w:placeholder>
+                <w:comboBox>
+                  <w:listItem w:displayText="Auswählen" w:value="Auswählen"/>
+                  <w:listItem w:displayText="VM Regelschule" w:value="VM Regelschule"/>
+                  <w:listItem w:displayText="Sonderschule" w:value="Sonderschule"/>
+                  <w:listItem w:displayText="NM/Förderklasse" w:value="NM/Förderklasse"/>
+                  <w:listItem w:displayText="Nachteilsausgleichsmassnahmen (NAM)" w:value="Nachteilsausgleichsmassnahmen (NAM)"/>
+                  <w:listItem w:displayText="andere oder keine Unterstützungsmassnahmen" w:value="andere oder keine Unterstützungsmassnahmen"/>
+                </w:comboBox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EA22EE">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>Auswählen</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00650D9D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C4C61FA" w14:textId="5A7D2544" w:rsidR="003A03F3" w:rsidRPr="00A70027" w:rsidRDefault="003A03F3" w:rsidP="004571F5">
+            <w:pPr>
+              <w:pStyle w:val="05objet"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Schule</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Texte3"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="00AE2E58">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="381B8D0F" w14:textId="2915040C" w:rsidR="003A03F3" w:rsidRDefault="003A03F3" w:rsidP="004571F5">
+            <w:pPr>
+              <w:pStyle w:val="05objet"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name, Vorname der Klassenlehrperson oder </w:t>
+            </w:r>
+            <w:r w:rsidR="008A2515">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">der </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Heilpädagogin/</w:t>
+            </w:r>
+            <w:r w:rsidR="008A2515">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">des </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heilpädagogen: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="513302F5" w14:textId="77777777" w:rsidR="00A84EDB" w:rsidRPr="00A70027" w:rsidRDefault="00A84EDB" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53F9F335" w14:textId="5F36B7B8" w:rsidR="006F7933" w:rsidRPr="00370FD3" w:rsidRDefault="0031263E">
-[...13 lines deleted...]
-        <w:t>Protocole des démarches à entreprendre</w:t>
+    <w:p w14:paraId="483DCA45" w14:textId="26C0506A" w:rsidR="00C87035" w:rsidRPr="00A70027" w:rsidRDefault="0046790A" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Schritte IV-Prozess</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="7253"/>
         <w:gridCol w:w="1556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F1348" w14:paraId="280D428D" w14:textId="77777777" w:rsidTr="00F6668A">
+      <w:tr w:rsidR="009F1348" w:rsidRPr="00A70027" w14:paraId="280D428D" w14:textId="77777777" w:rsidTr="00D168EE">
         <w:trPr>
-          <w:trHeight w:val="1246"/>
+          <w:trHeight w:val="999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0998A1FE" w14:textId="55D860B8" w:rsidR="009F1348" w:rsidRPr="009F1348" w:rsidRDefault="009F1348">
+          <w:p w14:paraId="0998A1FE" w14:textId="55D860B8" w:rsidR="009F1348" w:rsidRPr="00D168EE" w:rsidRDefault="009F1348" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F1348">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="009F1348">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8B4506" w14:textId="6A050A97" w:rsidR="009F1348" w:rsidRPr="009F1348" w:rsidRDefault="009F1348">
+          <w:p w14:paraId="3F8B4506" w14:textId="7C906E85" w:rsidR="009F1348" w:rsidRPr="00325A62" w:rsidRDefault="00D041B3" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F1348">
-[...61 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Die Eltern wurden üb</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001732A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>er den</w:t>
+            </w:r>
+            <w:r w:rsidR="0001732A" w:rsidRPr="0001732A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> individuellen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001732A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Übergangsplan zur beruflichen Eingliederung</w:t>
+            </w:r>
+            <w:r w:rsidR="000528CF" w:rsidRPr="0001732A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001732A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>sowie</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> über die Möglichkeit informiert, ihre Tochter bzw. ihren Sohn bei der IV anzumelden, um den Berufsberatungsprozess zu eröffnen und Unterstützung für die erstmalige berufliche Ausbildung (Lehre) nach der obligatorischen Schulzeit zu erhalten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE3BE6D" w14:textId="5E2F06B3" w:rsidR="009F1348" w:rsidRDefault="00B06279">
-[...21 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5CE3BE6D" w14:textId="1DB06533" w:rsidR="009F1348" w:rsidRPr="00A70027" w:rsidRDefault="00195042" w:rsidP="007B2DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00246DB6">
-              <w:rPr>
+            <w:r w:rsidR="00B83B51" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00246DB6">
-              <w:rPr>
+            <w:r w:rsidR="00B83B51" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00246DB6">
-              <w:rPr>
+            <w:r w:rsidR="00B83B51" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00246DB6">
-              <w:rPr>
+            <w:r w:rsidR="00B83B51" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00246DB6">
-              <w:rPr>
+            <w:r w:rsidR="00B83B51" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00B465B7" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B465B7" w14:paraId="119038CA" w14:textId="77777777" w:rsidTr="00F6668A">
+      <w:tr w:rsidR="00BA30B2" w:rsidRPr="00A70027" w14:paraId="119038CA" w14:textId="77777777" w:rsidTr="00D168EE">
         <w:trPr>
-          <w:trHeight w:val="875"/>
+          <w:trHeight w:val="123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBEE4BB" w14:textId="2E03E6A1" w:rsidR="00B465B7" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B465B7" w:rsidP="00B465B7">
+          <w:p w14:paraId="1FBEE4BB" w14:textId="2E03E6A1" w:rsidR="00BA30B2" w:rsidRPr="00D168EE" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3B6D">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B06279">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="795994AD" w14:textId="6A65DFBF" w:rsidR="00B465B7" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B71A63" w:rsidP="00B465B7">
+          <w:p w14:paraId="0A744CD1" w14:textId="65466737" w:rsidR="0003600A" w:rsidRPr="00325A62" w:rsidRDefault="0003600A" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...98 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Die Eltern lehnen eine Anmeldung bei der IV ab.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="795994AD" w14:textId="58F294E0" w:rsidR="00BA30B2" w:rsidRPr="00325A62" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA99A45" w14:textId="01664BA0" w:rsidR="00B465B7" w:rsidRDefault="00EA3B6D" w:rsidP="00B465B7">
-[...21 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7CA99A45" w14:textId="2A4B16A4" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00195042" w:rsidP="007B2DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B465B7">
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D13FA0" w14:paraId="18CE1E0E" w14:textId="77777777" w:rsidTr="00F6668A">
+      <w:tr w:rsidR="00BA30B2" w:rsidRPr="00A70027" w14:paraId="18CE1E0E" w14:textId="77777777" w:rsidTr="00D168EE">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64DF4A43" w14:textId="77777777" w:rsidR="00D13FA0" w:rsidRPr="00EA3B6D" w:rsidRDefault="00D13FA0" w:rsidP="00D13FA0">
+          <w:p w14:paraId="64DF4A43" w14:textId="77777777" w:rsidR="00BA30B2" w:rsidRPr="00D168EE" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24FFB698" w14:textId="77777777" w:rsidR="00D13FA0" w:rsidRDefault="00D13FA0" w:rsidP="00D13FA0">
+          <w:p w14:paraId="092F3ACD" w14:textId="77777777" w:rsidR="00993F37" w:rsidRDefault="0003600A" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>l’Office AI ?</w:t>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Die Elter</w:t>
+            </w:r>
+            <w:r w:rsidR="00B153A1" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidR="00993F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>stimmen</w:t>
+            </w:r>
+            <w:r w:rsidR="00B153A1" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eine</w:t>
+            </w:r>
+            <w:r w:rsidR="00993F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00B153A1" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anmeldung bei der IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00993F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zu. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21B84D63" w14:textId="6DC8F0D8" w:rsidR="00D13FA0" w:rsidRDefault="00D13FA0" w:rsidP="00D13FA0">
+          <w:p w14:paraId="344C6313" w14:textId="73EF8BF5" w:rsidR="00790821" w:rsidRPr="00325A62" w:rsidRDefault="00B153A1" w:rsidP="007B2DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Die Elter</w:t>
+            </w:r>
+            <w:r w:rsidR="00790821" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>n:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DBD7987" w14:textId="00708721" w:rsidR="00054F49" w:rsidRPr="00325A62" w:rsidRDefault="00790821" w:rsidP="007B2DA6">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="15"/>
               </w:numPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Ils remplissent le formulaire de demande (Demande pour mineurs 001.003)</w:t>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Füllen das Anmeldeformular</w:t>
+            </w:r>
+            <w:r w:rsidR="00750D38" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00054F49" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">001.003 </w:t>
+            </w:r>
+            <w:r w:rsidR="00750D38" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Anmeldung für Minderjährige</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9509F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00005AD6" w:rsidRPr="00D9509F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA64F3" w:rsidRPr="00D9509F">
+              <w:rPr>
+                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00BA64F3" w:rsidRPr="00D9509F">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:t>AHV-IV</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aus</w:t>
+            </w:r>
+            <w:r w:rsidR="00054F49" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4505D0C3" w14:textId="77777777" w:rsidR="00D13FA0" w:rsidRDefault="00D13FA0" w:rsidP="00D13FA0">
+          <w:p w14:paraId="6530E4F9" w14:textId="5E44345C" w:rsidR="00BA30B2" w:rsidRPr="00325A62" w:rsidRDefault="00054F49" w:rsidP="007B2DA6">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="15"/>
               </w:numPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informieren die Schule darüber, dass die Anmeldung bei der IV </w:t>
+            </w:r>
+            <w:r w:rsidR="00C24140" w:rsidRPr="00325A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>erfolgt ist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F239995" w14:textId="77777777" w:rsidR="00017024" w:rsidRDefault="00017024" w:rsidP="00D13FA0">
+          <w:p w14:paraId="5F239995" w14:textId="77777777" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="561301C7" w14:textId="77777777" w:rsidR="00017024" w:rsidRDefault="00017024" w:rsidP="00D13FA0">
+          <w:p w14:paraId="561301C7" w14:textId="77777777" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6245C385" w14:textId="1FDA80D3" w:rsidR="00D13FA0" w:rsidRDefault="00D13FA0" w:rsidP="00017024">
+          <w:p w14:paraId="6245C385" w14:textId="13272448" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00195042" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00E4401A">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="59B98AB0" w14:textId="77777777" w:rsidR="004A106D" w:rsidRDefault="004A106D" w:rsidP="00D13FA0">
+          <w:p w14:paraId="59B98AB0" w14:textId="77777777" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00BA30B2" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FCD0F3B" w14:textId="5ECF81F5" w:rsidR="00D13FA0" w:rsidRPr="00D13FA0" w:rsidRDefault="00D13FA0" w:rsidP="00D13FA0">
+          <w:p w14:paraId="1FCD0F3B" w14:textId="5FA78DF5" w:rsidR="00BA30B2" w:rsidRPr="00A70027" w:rsidRDefault="00195042" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00BA30B2" w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...12 lines deleted...]
-      <w:tr w:rsidR="00B06279" w14:paraId="02F39062" w14:textId="77777777" w:rsidTr="00F6668A">
+      <w:tr w:rsidR="00D168EE" w:rsidRPr="00A70027" w14:paraId="0ED80F38" w14:textId="77777777" w:rsidTr="00D168EE">
         <w:trPr>
-          <w:trHeight w:val="875"/>
+          <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="796A48F5" w14:textId="10B01BEE" w:rsidR="00B06279" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B06279" w:rsidP="00B06279">
+          <w:p w14:paraId="3CF9F191" w14:textId="44F84091" w:rsidR="00D168EE" w:rsidRPr="00D168EE" w:rsidRDefault="00D168EE" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3B6D">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">H - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D168EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0443">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7253" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7DC966" w14:textId="57395898" w:rsidR="00B06279" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B06279" w:rsidP="00B06279">
+          <w:p w14:paraId="5BB5197F" w14:textId="715CC720" w:rsidR="00C055B7" w:rsidRPr="00C055B7" w:rsidRDefault="00BD0B22" w:rsidP="007B2DA6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06279">
-[...22 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Lehrperson oder die Heilpädagogin/der Heilpädagoge übermittelt den </w:t>
+            </w:r>
+            <w:r w:rsidR="0001732A" w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">individuellen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Übergangsplan zur beruflichen Eingliederung</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3743D" w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">zusammen mit den erforderlichen Unterlagen </w:t>
+            </w:r>
+            <w:r w:rsidR="00B84A8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:r w:rsidR="00B52731" w:rsidRPr="00C055B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> folgenden Link: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="00B52731" w:rsidRPr="00D9509F">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:t>Kontaktformular</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA44B8F" w14:textId="77777777" w:rsidR="00B06279" w:rsidRDefault="00B06279" w:rsidP="00B06279">
-[...20 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4DA00476" w14:textId="1EA07AEF" w:rsidR="00D168EE" w:rsidRPr="00A70027" w:rsidRDefault="006B5C37" w:rsidP="007B2DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06279" w14:paraId="067EC725" w14:textId="77777777" w:rsidTr="00F6668A">
+    </w:tbl>
+    <w:p w14:paraId="3D17B629" w14:textId="77777777" w:rsidR="009C395C" w:rsidRDefault="009C395C" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A38FD89" w14:textId="0CCBB863" w:rsidR="00826EFF" w:rsidRPr="00A70027" w:rsidRDefault="00826EFF" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Berufswahl und Schnuppern</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57634B22" w14:textId="6D8BCFE5" w:rsidR="00826EFF" w:rsidRPr="00133910" w:rsidRDefault="00C60E4D" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Bereits d</w:t>
+      </w:r>
+      <w:r w:rsidR="00826EFF" w:rsidRPr="00133910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>urchgeführte Schritte (Mehrfachauswahl möglich):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6383CE53" w14:textId="77777777" w:rsidR="00A70027" w:rsidRPr="00A70027" w:rsidRDefault="00A70027" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61724719" w14:textId="76DAB6AC" w:rsidR="004647B9" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-1963325448"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0999">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unterricht </w:t>
+      </w:r>
+      <w:r w:rsidR="004647B9" w:rsidRPr="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>berufliche Orientierung</w:t>
+      </w:r>
+      <w:r w:rsidR="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besucht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4286AD7A" w14:textId="74661492" w:rsidR="004647B9" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="156739594"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0999">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Berufsberatung in Anspruch genommen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AECA5A" w14:textId="24B775E4" w:rsidR="004647B9" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="63763186"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Bewerbungsdossier erstellt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EED322" w14:textId="0A4B43ED" w:rsidR="004647B9" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-642578459"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0999">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004647B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Berufswahlprofil vorhanden</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/gewünschte Berufsrichtung: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3674" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625064E8" w14:textId="77777777" w:rsidR="007B2DA6" w:rsidRDefault="00C641DA" w:rsidP="007B2DA6">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-1675488450"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="008315D0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Sonstige</w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s: </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981D0B" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4007D375" w14:textId="29093C05" w:rsidR="00826EFF" w:rsidRPr="007B2DA6" w:rsidRDefault="00826EFF" w:rsidP="007B2DA6">
+      <w:pPr>
+        <w:pStyle w:val="Listepuces"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Schnupperübersicht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7626308F" w14:textId="5BECE0C3" w:rsidR="00FE6BF2" w:rsidRPr="00133910" w:rsidRDefault="00133910" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Bitte ergänzen und Rückmeldungen bzw. Schnupperberichte der Betriebe (falls vorhanden) als Beilage beifügen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="1837"/>
+        <w:gridCol w:w="949"/>
+        <w:gridCol w:w="1873"/>
+        <w:gridCol w:w="3246"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E25F44" w:rsidRPr="00A70027" w14:paraId="6BC528ED" w14:textId="1DC32E70" w:rsidTr="00E25F44">
         <w:trPr>
-          <w:trHeight w:val="266"/>
+          <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="899" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="54F6B480" w14:textId="77777777" w:rsidR="00B06279" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B06279" w:rsidP="00B06279">
+          <w:p w14:paraId="0747F32B" w14:textId="77777777" w:rsidR="00E25F44" w:rsidRPr="004E1D0A" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004E1D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Betrieb/Ort</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7253" w:type="dxa"/>
+            <w:tcW w:w="958" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1777757C" w14:textId="2B8DC1DC" w:rsidR="00B06279" w:rsidRPr="00EA3B6D" w:rsidRDefault="00B06279" w:rsidP="00B06279">
+          <w:p w14:paraId="6E486CEB" w14:textId="77777777" w:rsidR="00E25F44" w:rsidRPr="004E1D0A" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06279">
-[...53 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="004E1D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Beruf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE2DE80" w14:textId="77777777" w:rsidR="00B06279" w:rsidRDefault="00B06279" w:rsidP="00B06279">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6B876B54" w14:textId="77777777" w:rsidR="00E25F44" w:rsidRPr="004E1D0A" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="956" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF03243" w14:textId="1355573F" w:rsidR="00E25F44" w:rsidRPr="004E1D0A" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1D0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Eignung (ja/teilweise/nein)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D9304A" w14:textId="11A8D64C" w:rsidR="00E25F44" w:rsidRPr="004E1D0A" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Bemerkungen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E25F44" w:rsidRPr="00A70027" w14:paraId="7E0D993F" w14:textId="76C63159" w:rsidTr="00E25F44">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="899" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BFFE38" w14:textId="17A02BBB" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...196 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="958" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE48289" w14:textId="5F7BF29B" w:rsidR="009C7D6D" w:rsidRPr="000437AF" w:rsidRDefault="000437AF">
+          <w:p w14:paraId="31885009" w14:textId="76BA6299" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
             <w:pPr>
-              <w:pStyle w:val="rpertoire1"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000437AF">
-[...45 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00790ED4">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00790ED4">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00790ED4">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00790ED4">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00790ED4">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="497" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55732AC2" w14:textId="6765743A" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="956" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="245F7B65" w14:textId="47FE58F8" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6020C3" w14:textId="445FF5BF" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E25F44" w:rsidRPr="00A70027" w14:paraId="2E36A55C" w14:textId="684131B4" w:rsidTr="00E25F44">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="899" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABCF1A2" w14:textId="03A7F964" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8EB57B" w14:textId="5E1715E4" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="497" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D52387" w14:textId="36AFBE3F" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="956" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D923CE3" w14:textId="2ED98B46" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="281CB00B" w14:textId="30636672" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E25F44" w:rsidRPr="00A70027" w14:paraId="1FEDFDDA" w14:textId="08718F8A" w:rsidTr="00E25F44">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="899" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01728C8C" w14:textId="6AC0D272" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22868D56" w14:textId="02564D57" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="497" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE8D1BF" w14:textId="43E1A1A0" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="956" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3168E38A" w14:textId="6F0E2F36" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="079C5EBA" w14:textId="705DF6E2" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E25F44" w:rsidRPr="00A70027" w14:paraId="1A03E342" w14:textId="68270E05" w:rsidTr="00E25F44">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="899" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6B098B" w14:textId="0E3622F5" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5A11D4" w14:textId="4DE7B9B0" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="497" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="796AE76D" w14:textId="4DCB86FA" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="956" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CF6288" w14:textId="47A80CCE" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D51B8DF" w14:textId="5FD52347" w:rsidR="00E25F44" w:rsidRPr="00A70027" w:rsidRDefault="00E25F44" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70027">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36885F95" w14:textId="77777777" w:rsidR="00370FD3" w:rsidRDefault="00370FD3">
+    <w:p w14:paraId="36885F95" w14:textId="77777777" w:rsidR="00370FD3" w:rsidRPr="00A70027" w:rsidRDefault="00370FD3" w:rsidP="004571F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B04A882" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRPr="004240E3" w:rsidRDefault="00EA4E59" w:rsidP="00EA4E59">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    <w:p w14:paraId="780CD5FB" w14:textId="29777CA5" w:rsidR="00352427" w:rsidRDefault="00352427" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ressourcen und Unterstützungsbedarf</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61B04" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71568ED8" w14:textId="6A3EFDA0" w:rsidR="00FE6BF2" w:rsidRPr="0075399B" w:rsidRDefault="007213E0" w:rsidP="004571F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075399B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte ankreuzen. Bei Bedarf können Bemerkungen </w:t>
+      </w:r>
+      <w:r w:rsidR="0075399B" w:rsidRPr="0075399B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>hinzugefügt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075399B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075399B" w:rsidRPr="0075399B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>werden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075399B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3114"/>
-        <w:gridCol w:w="6520"/>
+        <w:gridCol w:w="6373"/>
+        <w:gridCol w:w="3254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA4E59" w14:paraId="3A994239" w14:textId="77777777" w:rsidTr="005A5BB6">
+      <w:tr w:rsidR="0041645D" w:rsidRPr="00AE2E58" w14:paraId="132073FD" w14:textId="48888F09" w:rsidTr="007213E0">
+        <w:trPr>
+          <w:trHeight w:val="1199"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="3310" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6A7165" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRPr="00477F65" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="455E28E6" w14:textId="4405CC0A" w:rsidR="0041645D" w:rsidRPr="00A70027" w:rsidRDefault="0041645D" w:rsidP="004571F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00477F65">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Compétences transversales </w:t>
+            <w:r w:rsidRPr="00C0332E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Praktische Fertigkeiten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Umgang mit Werkzeug, Maschinen, Materialien, Ausdauer, Feinmotorik)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcW w:w="1690" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="378D1632" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="6C739635" w14:textId="1FD3E3E5" w:rsidR="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>), etc.</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-1346251160"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00260C60">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD57C8" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">keine Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06690CF0" w14:textId="7740E922" w:rsidR="00AD57C8" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-774324425"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00260C60">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD57C8" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">geringe Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072216C7" w14:textId="1108D850" w:rsidR="00AD57C8" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="1158728062"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AD57C8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD57C8" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">erhebliche Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E41FD1" w14:textId="009932B5" w:rsidR="00AD57C8" w:rsidRPr="007213E0" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-1767829907"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AD57C8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD57C8" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>nicht vorhanden</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>/nicht möglich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4E59" w14:paraId="4E7CFC17" w14:textId="77777777" w:rsidTr="005A5BB6">
+      <w:tr w:rsidR="0041645D" w:rsidRPr="00AE2E58" w14:paraId="3A65581D" w14:textId="59718930" w:rsidTr="007213E0">
+        <w:trPr>
+          <w:trHeight w:val="652"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="3310" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="248E582E" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRPr="00477F65" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="5F0E63DC" w14:textId="554804F3" w:rsidR="0041645D" w:rsidRPr="00A70027" w:rsidRDefault="0041645D" w:rsidP="004571F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00477F65">
-[...7 lines deleted...]
-              <w:t>Compétences scolaires</w:t>
+            <w:r w:rsidRPr="00C0332E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Selbstständigkeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Eigeninitiative, Organisation, Verantwortung übernehmen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcW w:w="1690" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03D99D87" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="0F5B1BE0" w14:textId="77777777" w:rsidR="007213E0" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Niveau actuel d’acquisition des connaissances scolaires, etc</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="179239959"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">keine Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35492A55" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="1732109211"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">geringe Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E9BD12" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="342059465"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">erhebliche Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A8E46E" w14:textId="034118FF" w:rsidR="0041645D" w:rsidRPr="00C0332E" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-1467655713"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>nicht vorhanden</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>/nicht möglich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4E59" w14:paraId="07CC1592" w14:textId="77777777" w:rsidTr="005A5BB6">
+      <w:tr w:rsidR="0041645D" w:rsidRPr="00AE2E58" w14:paraId="162B3C11" w14:textId="70E8EB66" w:rsidTr="007213E0">
+        <w:trPr>
+          <w:trHeight w:val="652"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="3310" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDFD31A" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRPr="00477F65" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="5CF234F0" w14:textId="4C208D14" w:rsidR="0041645D" w:rsidRPr="00A70027" w:rsidRDefault="0041645D" w:rsidP="004571F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00477F65">
-[...7 lines deleted...]
-              <w:t>Compétences professionnelles</w:t>
+            <w:r w:rsidRPr="00C0332E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sozialverhalten </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>(Zusammenarbeit, Kommunikation, Konfliktfähigkeit, Hilfsbereitschaft)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcW w:w="1690" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44B250A1" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="0B864AC9" w14:textId="5550E08D" w:rsidR="007213E0" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Rythme de travail, endurance physique, motricité fine, recourir si nécessaire aux ressources à disposition, etc.</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-730773140"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">keine Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39EFABA8" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="422775124"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">geringe Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A990D12" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="651945678"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">erhebliche Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329BA1F7" w14:textId="587A9F5D" w:rsidR="0041645D" w:rsidRPr="00C0332E" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-938522079"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>nicht vorhanden</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>/nicht möglich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4E59" w14:paraId="472E0DA8" w14:textId="77777777" w:rsidTr="005A5BB6">
+      <w:tr w:rsidR="0041645D" w:rsidRPr="00AE2E58" w14:paraId="1C838571" w14:textId="0E4D2DC0" w:rsidTr="007213E0">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="3310" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6436CA" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRPr="00477F65" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="13AC261B" w14:textId="7BAA1FB7" w:rsidR="0041645D" w:rsidRPr="00A70027" w:rsidRDefault="0041645D" w:rsidP="004571F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00477F65">
-[...7 lines deleted...]
-              <w:t>Compétences personnelles</w:t>
+            <w:r w:rsidRPr="00C0332E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>Arbeitsverhalten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Zuverlässigkeit, Sorgfalt, Ausdauer, Pünktlichkeit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcW w:w="1690" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0E96B86E" w14:textId="77777777" w:rsidR="00EA4E59" w:rsidRDefault="00EA4E59">
+          <w:p w14:paraId="08B4504E" w14:textId="77777777" w:rsidR="007213E0" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-524480572"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">keine Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08798533" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="714089340"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">geringe Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F7A63B" w14:textId="77777777" w:rsidR="007213E0" w:rsidRPr="00AD57C8" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="-1958943171"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">erhebliche Unterstützung nötig </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E0DFCA" w14:textId="0979E884" w:rsidR="0041645D" w:rsidRPr="00C0332E" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-CH"/>
+                </w:rPr>
+                <w:id w:val="728491407"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007213E0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="de-CH"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="007213E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007213E0" w:rsidRPr="00AD57C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>nicht vorhanden</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t>/nicht möglich</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0075399B" w:rsidRPr="00A70027" w14:paraId="1D676218" w14:textId="77777777" w:rsidTr="0075399B">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="120CCCD7" w14:textId="67ACFF4B" w:rsidR="009402EE" w:rsidRPr="009402EE" w:rsidRDefault="0075399B" w:rsidP="004571F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bemerkungen: </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Texte5"/>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009402EE" w:rsidRPr="009402EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+          <w:p w14:paraId="1559498D" w14:textId="709F04A2" w:rsidR="00380535" w:rsidRPr="009402EE" w:rsidRDefault="00380535" w:rsidP="009402EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="224E427D" w14:textId="77777777" w:rsidR="000437AF" w:rsidRDefault="000437AF" w:rsidP="009F3225">
-[...1 lines deleted...]
-        <w:pStyle w:val="05objet"/>
+    <w:p w14:paraId="1D41F87B" w14:textId="77777777" w:rsidR="00C87035" w:rsidRPr="009402EE" w:rsidRDefault="00C87035" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="161ABA7A" w14:textId="58CBA189" w:rsidR="00766311" w:rsidRPr="00AD269B" w:rsidRDefault="00766311" w:rsidP="00E35D8C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E75B08">
+    <w:p w14:paraId="7CA2FC4A" w14:textId="2A66CA47" w:rsidR="00352427" w:rsidRDefault="00352427" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einschätzung </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7AC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>berufliche Ausbildung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37359314" w14:textId="0CEF409F" w:rsidR="004C61DA" w:rsidRPr="004C61DA" w:rsidRDefault="004C61DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00E75B08">
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C61DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> correspondant à la situation)</w:t>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Bitte die zutreffende Option ankreuzen. Diese Einschätzung dient als Empfehlung für die weitere Planung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC4A90C" w14:textId="1F218716" w:rsidR="00766311" w:rsidRPr="001919FA" w:rsidRDefault="001E5E63" w:rsidP="001919FA">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="13B5A496" w14:textId="1B82DB5F" w:rsidR="00352427" w:rsidRPr="00A70027" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
           </w:rPr>
-          <w:id w:val="-2119832957"/>
+          <w:id w:val="1119723645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00106802">
+          <w:r w:rsidR="008315D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B75CF3">
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001567A3" w:rsidRPr="001919FA">
-[...37 lines deleted...]
-        <w:t>entrer en formation en fin de 11H dans le cadre de l’économie libre </w:t>
+      <w:r w:rsidR="00352427" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Einstieg in EFZ-Ausbildung möglich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FF72B8" w14:textId="17183F75" w:rsidR="00C55526" w:rsidRPr="00923041" w:rsidRDefault="001E5E63" w:rsidP="00E75B08">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3A77D227" w14:textId="0B996E7E" w:rsidR="00352427" w:rsidRPr="00A70027" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
           </w:rPr>
-          <w:id w:val="-812331885"/>
+          <w:id w:val="-1458183543"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00790ED4">
+          <w:r w:rsidR="008315D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E75B08">
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001567A3" w:rsidRPr="00923041">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> spécialisé</w:t>
+      <w:r w:rsidR="00352427" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Einstieg in EBA-Ausbildung möglich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627BFBD4" w14:textId="5DC0DFDD" w:rsidR="001567A3" w:rsidRPr="00923041" w:rsidRDefault="001E5E63" w:rsidP="00E75B08">
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="21C5FCD5" w14:textId="2574444E" w:rsidR="00352427" w:rsidRPr="00D0581E" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
           </w:rPr>
-          <w:id w:val="-420253860"/>
+          <w:id w:val="2068756140"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0024660E">
+          <w:r w:rsidR="008315D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E75B08">
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001567A3" w:rsidRPr="00923041">
-[...71 lines deleted...]
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00923041">
+      <w:r w:rsidR="00352427" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einstieg in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0581E" w:rsidRPr="00D0581E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Praktische Ausbildung PrA nach INSOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0581E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> möglich</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689689EB" w14:textId="29317432" w:rsidR="0097663C" w:rsidRPr="00A70027" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="366810764"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="008315D0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0097663C" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ausbildung nu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70027" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r im geschützten </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Rahmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70027" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> möglich</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438148FA" w14:textId="6E344691" w:rsidR="00352427" w:rsidRPr="00A70027" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-1390032725"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="008315D0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352427" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Brückenangebot notwendig</w:t>
+      </w:r>
+      <w:r w:rsidR="001238B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00923041">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00923041">
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00923041">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00555EF2" w:rsidRPr="00923041">
+      <w:r w:rsidR="001238B9" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0897903E" w14:textId="301447E5" w:rsidR="00980D3E" w:rsidRPr="001E5E63" w:rsidRDefault="001E5E63" w:rsidP="001E5E63">
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="51D9713E" w14:textId="381753E4" w:rsidR="00352427" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
           </w:rPr>
-          <w:id w:val="534156823"/>
+          <w:id w:val="2083562307"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004A106D">
+          <w:r w:rsidR="008315D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E75B08">
-[...45 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5328" w:rsidRPr="00923041">
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006F1675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>12. Schuljahr</w:t>
+      </w:r>
+      <w:r w:rsidR="00732934">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in einer Regel- oder Sonderschule</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5328" w:rsidRPr="00923041">
-[...23 lines deleted...]
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
+      <w:r w:rsidR="00144C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>nötig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41058A1B" w14:textId="0692506C" w:rsidR="008315D0" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="965092025"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Andere Anschlusslösungen</w:t>
+      </w:r>
+      <w:r w:rsidR="008315D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008315D0" w:rsidRPr="008315D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="004C3747">
-        <w:rPr>
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
+      <w:r w:rsidR="008315D0" w:rsidRPr="00A70027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA60235" w14:textId="64B18065" w:rsidR="00DA4ED3" w:rsidRPr="006E7F29" w:rsidRDefault="006E7F29" w:rsidP="006E7F29">
-      <w:pPr>
+    <w:p w14:paraId="3F22C01D" w14:textId="77777777" w:rsidR="00EC7C81" w:rsidRDefault="00EC7C81" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FD9F01" w14:textId="77777777" w:rsidR="00EC7C81" w:rsidRDefault="00EC7C81" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DCE259" w14:textId="77777777" w:rsidR="00106286" w:rsidRDefault="00106286" w:rsidP="00106286">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E4551D" w14:textId="77777777" w:rsidR="00106286" w:rsidRDefault="00106286" w:rsidP="00106286">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAE9BFE" w14:textId="77777777" w:rsidR="00106286" w:rsidRDefault="00106286" w:rsidP="00106286">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A32170" w14:textId="77777777" w:rsidR="00106286" w:rsidRDefault="00106286" w:rsidP="00106286">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DF1832" w14:textId="77777777" w:rsidR="00106286" w:rsidRDefault="00106286" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7426C1C5" w14:textId="77777777" w:rsidR="00106286" w:rsidRPr="00106286" w:rsidRDefault="00106286" w:rsidP="00106286">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDFD176" w14:textId="08468814" w:rsidR="00352427" w:rsidRPr="00E040C0" w:rsidRDefault="00A86294" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E040C0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Checkliste</w:t>
+      </w:r>
+      <w:r w:rsidR="00E040C0" w:rsidRPr="00E040C0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> einzureichende Dokumente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367964C9" w14:textId="2BE0EA60" w:rsidR="00020ADC" w:rsidRPr="00106286" w:rsidRDefault="00020ADC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die aufgelisteten Dokumente sind dem individuellen Übergangsplan zur beruflichen Eingliederung beizulegen und über den folgenden Link einzureichen: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00D9509F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>Kontaktformular</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D9509F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5875DFD8" w14:textId="77777777" w:rsidR="00020ADC" w:rsidRPr="00106286" w:rsidRDefault="00020ADC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29FB4399" w14:textId="6A1C3DA5" w:rsidR="00DB3F74" w:rsidRPr="00106286" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-138189857"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00706DBE" w:rsidRPr="00106286">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00706DBE" w:rsidRPr="00106286">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00106286">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Protokolle der SSG/Netzgespräche 9H-11H</w:t>
+      </w:r>
+      <w:r w:rsidR="00706DBE" w:rsidRPr="00106286">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7F287A" w14:textId="568EABF9" w:rsidR="00266136" w:rsidRPr="00B2475B" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="835420580"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zeugnisse </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75883">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00675ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>inklusive</w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lernberichten</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0EC8" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9H-11H</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1448">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bei Schülerinnen und Schüler mit VM)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194C3C0D" w14:textId="177ED3CB" w:rsidR="00266136" w:rsidRPr="00B2475B" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-1871990771"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Förderpläne</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0EC8" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9H bis 11H </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14542B36" w14:textId="724B00A6" w:rsidR="00706DBE" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="1429387182"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00706DBE" w:rsidRPr="00B2475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Schnupperberichte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C020BC" w14:textId="1DA21ED6" w:rsidR="0048408A" w:rsidRPr="00B2475B" w:rsidRDefault="00C641DA" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:id w:val="-88017944"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00D8526C">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D8526C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048408A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Unterschrift</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8526C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>gesetzlichen Vertreter</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8526C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B964B5" w14:textId="77777777" w:rsidR="00FE6BF2" w:rsidRPr="00A70027" w:rsidRDefault="00FE6BF2" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0E948B" w14:textId="3A9D4D11" w:rsidR="009E1134" w:rsidRPr="009E1134" w:rsidRDefault="009E1134" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1134">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Einwilligung zur Weitergabe von Informationen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466564FF" w14:textId="46C4278C" w:rsidR="009E1134" w:rsidRPr="00D32999" w:rsidRDefault="009E1134" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit ihrer Unterschrift genehmigen die </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>gesetzlichen Vertreter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den Übergangsplan zur beruflichen Eingliederung der Schülerin oder des Schülers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2154A470" w14:textId="3DD8E8FE" w:rsidR="009E1134" w:rsidRPr="00D32999" w:rsidRDefault="00C469A0" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sie erklären sich ausdrücklich damit einverstanden, dass alle im Rahmen des Übergangsprozesses involvierten Fachpersonen – insbesondere Lehrpersonen, medizinisches Fachpersonal sowie Ärztinnen und Ärzte, Fachpersonen aus den Bereichen Psychologie, Logopädie, Psychomotorik und Sonderpädagogik – alle für die berufliche </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Eingliederung relevanten Informationen an die im Übergangsprozess beteiligten Stellen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (z. B. IV, Schule, Heilpädagogin/Heilpädagoge) weitergeben dürfen. Ausbildungsinstitutionen, die nicht dem Zuständigkeitsbereich der Schule oder des SoA unterstehen, holen bei Bedarf eine eigene Einwilligung ein. Zudem ermächtigen sie die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Invalidenversicherung (IV)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, die Schule bzw. die zuständigen Fachpersonen, alle für die Koordination und Umsetzung der beruflichen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Massnahmen relevanten Entscheide und Informationen gegenseitig mitzuteilen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4200C3" w14:textId="77777777" w:rsidR="00DB50A5" w:rsidRPr="00D32999" w:rsidRDefault="0048408A" w:rsidP="00DB50A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sofern die elterliche Sorge gemeinsam ausgeübt wird, die Eltern jedoch nicht im selben Haushalt leben, ist die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Unterschrift beider Elternteile erforderlich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB50A5" w:rsidRPr="00D32999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Falls eine gesetzliche Vertreterin/ein gesetzlicher Vertreter (z.B. Vormund) eingesetzt ist, genügt dessen Unterschrift.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093AFC48" w14:textId="77777777" w:rsidR="00D8526C" w:rsidRDefault="00D8526C" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B7C51F" w14:textId="1E041195" w:rsidR="006D62EC" w:rsidRPr="00A70027" w:rsidRDefault="007A5A3B" w:rsidP="00D10E86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...30 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ort, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D62EC" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8526C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...138 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texte4"/>
+            <w:name w:val="Texte6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:bookmarkStart w:id="4" w:name="Texte6"/>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0043081C" w:rsidRPr="00923041">
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6C6E" w:rsidRPr="00CA6C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="006D62EC" w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A992CC7" w14:textId="7BB4D4D3" w:rsidR="00D10E86" w:rsidRDefault="00B331F9" w:rsidP="00D10E86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B331F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Unterschrift(en) der gesetzlichen Vertret</w:t>
+      </w:r>
+      <w:r w:rsidR="00260C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B53905C" w14:textId="77777777" w:rsidR="00D10E86" w:rsidRDefault="00D10E86" w:rsidP="00D10E86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3011E997" w14:textId="6157BC10" w:rsidR="006D62EC" w:rsidRPr="00A70027" w:rsidRDefault="0014633A" w:rsidP="00D10E86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8526C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D10E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D69D82" w14:textId="618FA193" w:rsidR="006D62EC" w:rsidRPr="00A70027" w:rsidRDefault="006D62EC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0083EB66" w14:textId="77777777" w:rsidR="006D62EC" w:rsidRPr="00A70027" w:rsidRDefault="006D62EC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Rechtliche Grundlagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669046BE" w14:textId="719E66B5" w:rsidR="00C7398A" w:rsidRPr="003C5918" w:rsidRDefault="006D62EC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...59 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Gesetz über die Sonderpädagogik (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7398A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>SPG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>), Art.34</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC8A3F5" w14:textId="77777777" w:rsidR="00DA4ED3" w:rsidRDefault="00DA4ED3" w:rsidP="00380D79">
+    <w:p w14:paraId="607CCE04" w14:textId="6E5AB74B" w:rsidR="00C7398A" w:rsidRPr="00C7398A" w:rsidRDefault="00C7398A" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7398A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Obligatorische Schulzeit – Individueller Übergangsplan</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="t-0--t-3--a-34--p-1"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="2EF857C1" w14:textId="19D8506E" w:rsidR="00C7398A" w:rsidRPr="00C7398A" w:rsidRDefault="004571F5" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004571F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7398A" w:rsidRPr="00C7398A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Für alle Schülerinnen und Schüler, die verstärkte sonderpädagogische Massnahmen (VM) erhalten, erarbeiten die beteiligten Fachpersonen zwei Jahre vor Ende der obligatorischen Schulzeit einen individuellen Übergangsplan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADA2F84" w14:textId="77777777" w:rsidR="0045288F" w:rsidRDefault="006D62EC" w:rsidP="004571F5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C841CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Individueller Übergangsplan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0045288F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>SPR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A70027">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>), Art.12 Abs.1 und 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3C3798" w14:textId="209C1FAE" w:rsidR="00521331" w:rsidRPr="00521331" w:rsidRDefault="00521331" w:rsidP="004571F5">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
-        <w:spacing w:before="100" w:after="60"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Mit dem Erstellen eines individuellen Übergangsplans soll mit einem genauen Protokoll sichergestellt werden, dass im Hinblick auf den Eintritt der Schülerin oder des Schülers in den offenen oder geschützten Arbeitsmarkt oder die nachfolgende Bildungsstufe auf ihre oder seine Bedürfnisse eingegangen wird und entsprechende Massnahmen ergriffen werden.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="305055B8" w14:textId="4444CF11" w:rsidR="009F3225" w:rsidRPr="00A96ED7" w:rsidRDefault="009F3225" w:rsidP="00380D79">
+    <w:p w14:paraId="6F3607B5" w14:textId="34F7E10A" w:rsidR="00F97F2C" w:rsidRPr="00A70027" w:rsidRDefault="00521331" w:rsidP="00D10E86">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
-        <w:spacing w:before="100" w:after="60"/>
-[...12 lines deleted...]
-        <w:t>Bases légales</w:t>
+        <w:spacing w:before="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="t-0--t-1--t-1‐2--t-1‐2‐3--t-1‐2‐3‐1--a-1"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00521331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Die schulische Heilpädagogin oder der schulische Heilpädagoge ist für das Erstellen und die Begleitung dieses Übergangsplans verantwortlich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F53782" w14:textId="77777777" w:rsidR="009F3225" w:rsidRDefault="00DD44F5" w:rsidP="00380D79">
-[...203 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="00F97F2C" w:rsidRPr="00A70027" w:rsidSect="00EA22EE">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1702" w:right="851" w:bottom="1276" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
+      <w:pgMar w:top="1702" w:right="851" w:bottom="1276" w:left="1418" w:header="652" w:footer="330" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21AFA0CE" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C" w:rsidP="00691489">
+    <w:p w14:paraId="3DF9F29C" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2" w:rsidP="00691489">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="709FD613" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C" w:rsidP="00691489">
+    <w:p w14:paraId="168F4A1C" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2" w:rsidP="00691489">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DEB2D94" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C">
+    <w:p w14:paraId="2A6F65B3" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="64744F6D" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00AF659D" w:rsidRDefault="00FE2D5D" w:rsidP="00AF659D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D231849" w14:textId="77777777" w:rsidR="00AE2E58" w:rsidRDefault="00AE2E58" w:rsidP="00AE2E58">
+    <w:pPr>
+      <w:pStyle w:val="01entteetbasdepage"/>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>—</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="56677C70" w14:textId="68A904F9" w:rsidR="00AE2E58" w:rsidRPr="00AE2E58" w:rsidRDefault="00AE2E58" w:rsidP="00C641DA">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9637"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+    </w:pPr>
+    <w:bookmarkStart w:id="7" w:name="_Hlk95133576"/>
+    <w:r w:rsidRPr="00AE2E58">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Direction de la formation et des affaires culturelles </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EA22EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>DFAC</w:t>
+    </w:r>
+    <w:r w:rsidR="00260C60" w:rsidRPr="00260C60">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C641DA">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00260C60" w:rsidRPr="00C641DA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>S-208-DE</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5B1DBF4F" w14:textId="61D15593" w:rsidR="00AE2E58" w:rsidRPr="00260C60" w:rsidRDefault="00AE2E58" w:rsidP="00AE2E58">
+    <w:pPr>
+      <w:pStyle w:val="01entteetbasdepage"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9637"/>
+      </w:tabs>
+      <w:rPr>
+        <w:bCs/>
+        <w:lang w:val="de-DE"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EA22EE">
+      <w:rPr>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="7"/>
+    <w:r w:rsidRPr="00EA22EE">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+      <w:t>BKAD</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="de-DE"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00260C60" w:rsidRPr="00C641DA">
+      <w:rPr>
+        <w:bCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:lang w:val="de-DE"/>
+      </w:rPr>
+      <w:t>Version 2026</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2E06CCEF" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00AE2E58" w:rsidRDefault="00FE2D5D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:i/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:lang w:val="de-DE"/>
       </w:rPr>
-    </w:pPr>
-[...30 lines deleted...]
-      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55F0A83E" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00BF50CB" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2122A7E3" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C" w:rsidP="00691489">
+    <w:p w14:paraId="559A80FD" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2" w:rsidP="00691489">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EC4D2DA" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C" w:rsidP="00691489">
+    <w:p w14:paraId="4F578C05" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2" w:rsidP="00691489">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5E7BA562" w14:textId="77777777" w:rsidR="00910A9C" w:rsidRDefault="00910A9C">
+    <w:p w14:paraId="5846E449" w14:textId="77777777" w:rsidR="00440FB2" w:rsidRDefault="00440FB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00FE2D5D" w14:paraId="438457EE" w14:textId="77777777">
+    <w:tr w:rsidR="00FE2D5D" w:rsidRPr="00AE2E58" w14:paraId="438457EE" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="51FA5F25" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="414B791F" w14:textId="47838EF3" w:rsidR="0007237A" w:rsidRPr="00FA0609" w:rsidRDefault="0007237A" w:rsidP="0007237A">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00891EB3">
-            <w:t xml:space="preserve">Service </w:t>
+          <w:r w:rsidRPr="00FA0609">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Amt für Sonderpädagogik </w:t>
           </w:r>
-          <w:r>
-[...5 lines deleted...]
-          <w:r w:rsidRPr="0064336A">
+          <w:r w:rsidRPr="00FA0609">
             <w:rPr>
               <w:b w:val="0"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00C641DA">
             <w:rPr>
               <w:b w:val="0"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
-            <w:t>ESAM</w:t>
+            <w:t>o</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00FA0609">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>A</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0D20EF2D" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="0064336A" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="0D20EF2D" w14:textId="2AB75A3E" w:rsidR="00FE2D5D" w:rsidRPr="0007237A" w:rsidRDefault="0007237A" w:rsidP="0007237A">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0064336A">
+          <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t xml:space="preserve">Page </w:t>
-[...48 lines deleted...]
-            <w:t>de</w:t>
+            <w:t>Seite</w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            <w:instrText xml:space="preserve"> </w:instrText>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText>PAGE</w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> </w:instrText>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="001B460F">
+          <w:r>
             <w:rPr>
               <w:b w:val="0"/>
-              <w:noProof/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>6</w:t>
+            <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>von</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> </w:instrText>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText>NUMPAGES</w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve">  </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:t>7</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064336A">
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="00FE2D5D" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A2CBA9A" wp14:editId="40FF55AD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="7" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
+                <wp:docPr id="1686197221" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="472E2359" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489"/>
+  <w:p w14:paraId="472E2359" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="0007237A" w:rsidRDefault="00FE2D5D" w:rsidP="00106286">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00FE2D5D" w:rsidRPr="004A0F2D" w14:paraId="224B7446" w14:textId="77777777">
+    <w:tr w:rsidR="00FE2D5D" w:rsidRPr="007F5561" w14:paraId="224B7446" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3AF3983D" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00AA545D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA545D">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E869C60" wp14:editId="2D29D024">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E869C60" wp14:editId="4829D7A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-2963</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>847</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795866"/>
                 <wp:effectExtent l="25400" t="0" r="3810" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="Image 8" descr="logo_fr_300.jpg"/>
+                <wp:docPr id="553015989" name="Image 553015989" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="logo_fr_300.jpg"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="935990" cy="795867"/>
+                          <a:ext cx="935990" cy="795866"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E242F1B" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Service </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>de l’enseignement spécialisé</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3D2FFB92" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00BF50CB" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
-            <w:t>et</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> des mesures d’aide</w:t>
+            <w:t>et des mesures d’aide</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> S</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>ESAM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="74D2E4EE" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007B0EF8" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="7ABE6E08" w14:textId="77777777" w:rsidR="00351829" w:rsidRPr="002D474F" w:rsidRDefault="00351829" w:rsidP="00351829">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007B0EF8">
+          <w:r w:rsidRPr="002D474F">
             <w:rPr>
               <w:b/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für Sonderpädagogik </w:t>
           </w:r>
-          <w:r w:rsidRPr="007B0EF8">
+          <w:r w:rsidRPr="002D474F">
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>SoA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="59A576F2" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007B0EF8" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="59A576F2" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="002D474F" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="3BD0FEC0" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007B0EF8" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="3BD0FEC0" w14:textId="0A2BF888" w:rsidR="00FE2D5D" w:rsidRPr="002D474F" w:rsidRDefault="00A424FD" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007B0EF8">
+          <w:r w:rsidRPr="002D474F">
             <w:rPr>
               <w:szCs w:val="12"/>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
-            <w:t>Rue de l’Hôpital 3, 1701 Fribourg</w:t>
+            <w:t xml:space="preserve">Spitalgasse </w:t>
+          </w:r>
+          <w:r w:rsidR="00FE2D5D" w:rsidRPr="002D474F">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>3, 1701 Fr</w:t>
+          </w:r>
+          <w:r w:rsidR="00C641DA">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>e</w:t>
+          </w:r>
+          <w:r w:rsidR="00FE2D5D" w:rsidRPr="002D474F">
+            <w:rPr>
+              <w:szCs w:val="12"/>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>iburg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5BC9E79C" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007B0EF8" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="5BC9E79C" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="002D474F" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
-              <w:lang w:val="fr-CH"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6BC74008" w14:textId="796C8E93" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="6BC74008" w14:textId="565B5BAD" w:rsidR="00FE2D5D" w:rsidRPr="007F5561" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
-            <w:t xml:space="preserve">T +41 </w:t>
+          <w:r w:rsidRPr="007F5561">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>T +41 26 305 40 60</w:t>
           </w:r>
-          <w:r w:rsidRPr="00920A79">
-[...5 lines deleted...]
-          <w:r>
+          <w:r w:rsidRPr="007F5561">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
             <w:br/>
             <w:t>www.fr.ch/</w:t>
           </w:r>
-          <w:r w:rsidR="00BF4DB1">
-            <w:t>sesam</w:t>
+          <w:r w:rsidR="00BF4DB1" w:rsidRPr="007F5561">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>s</w:t>
+          </w:r>
+          <w:r w:rsidR="007F5561">
+            <w:rPr>
+              <w:lang w:val="de-CH"/>
+            </w:rPr>
+            <w:t>oa</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="55F0767B" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
-[...9 lines deleted...]
-        <w:p w14:paraId="24DF36F1" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="00E5117F" w:rsidRDefault="00FE2D5D" w:rsidP="00691489">
+        <w:p w14:paraId="24DF36F1" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007F5561" w:rsidRDefault="00FE2D5D" w:rsidP="00EA22EE">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
+              <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="43B86829" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRDefault="00FE2D5D" w:rsidP="00B65907"/>
+  <w:p w14:paraId="43B86829" w14:textId="77777777" w:rsidR="00FE2D5D" w:rsidRPr="007F5561" w:rsidRDefault="00FE2D5D" w:rsidP="00EA22EE">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="de-CH"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Listepuces"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02E96327"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21ECB7CA"/>
+    <w:lvl w:ilvl="0" w:tplc="048E336C">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10583E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF54310E"/>
     <w:lvl w:ilvl="0" w:tplc="7232654E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:pStyle w:val="10dnumrotation4eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1475"/>
         </w:tabs>
         <w:ind w:left="1475" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
@@ -4598,51 +10425,390 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BCC0F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="717C2F22"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AB63ACC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6B8A140"/>
+    <w:lvl w:ilvl="0" w:tplc="B19081F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E425C99"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E6EA938"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C914485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD526CF6"/>
     <w:lvl w:ilvl="0" w:tplc="5ABEA69A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -4710,51 +10876,51 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546A1B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3996AFE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="10cnumrotation3eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1106"/>
         </w:tabs>
         <w:ind w:left="1106" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -4946,51 +11112,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4326"/>
         </w:tabs>
         <w:ind w:left="4110" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4686"/>
         </w:tabs>
         <w:ind w:left="4686" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57260FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D20CB4C"/>
     <w:lvl w:ilvl="0" w:tplc="E168CDEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="10bnumrotation2eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="737"/>
         </w:tabs>
         <w:ind w:left="737" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
@@ -5057,51 +11223,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE34DC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="766A475A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
@@ -5298,51 +11464,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3957"/>
         </w:tabs>
         <w:ind w:left="3741" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4317"/>
         </w:tabs>
         <w:ind w:left="4317" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFB6583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59F6CDE2"/>
     <w:lvl w:ilvl="0" w:tplc="C3EEF458">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="11Chapitre"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5388,51 +11554,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64474ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E5EED5E"/>
     <w:lvl w:ilvl="0" w:tplc="56D6BDDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces2"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -5521,51 +11687,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697A4428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33F47C16"/>
     <w:lvl w:ilvl="0" w:tplc="12942732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -5654,51 +11820,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A3E0F1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D784A5DC"/>
     <w:lvl w:ilvl="0" w:tplc="E7F2D4BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="10numrotation"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="369"/>
         </w:tabs>
         <w:ind w:left="369" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5747,51 +11913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77856DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DA8CF16"/>
     <w:lvl w:ilvl="0" w:tplc="5F5EECB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="07puces3"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -5905,561 +12071,816 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1213231277">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1688485357">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1700352061">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="600836603">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2084331689">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="447431982">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1638681626">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1038974534">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="672339386">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1292516890">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="49497422">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1648165850">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="376855278">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="891695821">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1688485357">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="2084331689">
+  <w:num w:numId="15" w16cid:durableId="1156916133">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C546E"/>
+    <w:rsid w:val="00005AD6"/>
     <w:rsid w:val="00007552"/>
     <w:rsid w:val="00007610"/>
     <w:rsid w:val="00012283"/>
     <w:rsid w:val="00017024"/>
+    <w:rsid w:val="0001732A"/>
+    <w:rsid w:val="00020ADC"/>
     <w:rsid w:val="00023C92"/>
     <w:rsid w:val="00026BA6"/>
+    <w:rsid w:val="000274CD"/>
     <w:rsid w:val="0002763C"/>
+    <w:rsid w:val="0003600A"/>
+    <w:rsid w:val="000400B0"/>
     <w:rsid w:val="000437AF"/>
+    <w:rsid w:val="00050E60"/>
+    <w:rsid w:val="000528CF"/>
+    <w:rsid w:val="00054F49"/>
     <w:rsid w:val="00062ABB"/>
     <w:rsid w:val="00065EEF"/>
     <w:rsid w:val="000701CE"/>
+    <w:rsid w:val="0007237A"/>
     <w:rsid w:val="00073BDB"/>
     <w:rsid w:val="00073C75"/>
     <w:rsid w:val="00087826"/>
     <w:rsid w:val="00093EC5"/>
     <w:rsid w:val="00096711"/>
+    <w:rsid w:val="000A2639"/>
     <w:rsid w:val="000A6293"/>
     <w:rsid w:val="000B0B83"/>
     <w:rsid w:val="000B4F90"/>
+    <w:rsid w:val="000B7199"/>
     <w:rsid w:val="000C1F57"/>
     <w:rsid w:val="000C37D4"/>
     <w:rsid w:val="000C5F6F"/>
+    <w:rsid w:val="000C6FA9"/>
+    <w:rsid w:val="000D55B8"/>
     <w:rsid w:val="000E25BD"/>
+    <w:rsid w:val="000E7ACB"/>
+    <w:rsid w:val="00106165"/>
+    <w:rsid w:val="00106286"/>
     <w:rsid w:val="00106802"/>
     <w:rsid w:val="00111DEE"/>
+    <w:rsid w:val="001238B9"/>
     <w:rsid w:val="00130A76"/>
+    <w:rsid w:val="00133910"/>
     <w:rsid w:val="00137524"/>
+    <w:rsid w:val="00137A9B"/>
     <w:rsid w:val="00143AB9"/>
+    <w:rsid w:val="00144C66"/>
+    <w:rsid w:val="0014633A"/>
     <w:rsid w:val="0015204B"/>
     <w:rsid w:val="001540A5"/>
     <w:rsid w:val="00155768"/>
     <w:rsid w:val="001567A3"/>
     <w:rsid w:val="00160A81"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="001744B6"/>
     <w:rsid w:val="00175035"/>
     <w:rsid w:val="00175D41"/>
     <w:rsid w:val="00181DBD"/>
     <w:rsid w:val="001821DB"/>
     <w:rsid w:val="00186DE0"/>
     <w:rsid w:val="001919FA"/>
+    <w:rsid w:val="00195042"/>
     <w:rsid w:val="001A264D"/>
     <w:rsid w:val="001A5942"/>
     <w:rsid w:val="001B1DDA"/>
+    <w:rsid w:val="001B2989"/>
     <w:rsid w:val="001B460F"/>
     <w:rsid w:val="001C17A2"/>
     <w:rsid w:val="001C3E41"/>
     <w:rsid w:val="001C63AD"/>
     <w:rsid w:val="001D4DB9"/>
+    <w:rsid w:val="001D7F33"/>
     <w:rsid w:val="001E2F78"/>
+    <w:rsid w:val="001E4D20"/>
     <w:rsid w:val="001E5AC2"/>
     <w:rsid w:val="001E5E63"/>
     <w:rsid w:val="001F1544"/>
     <w:rsid w:val="00200423"/>
     <w:rsid w:val="00207026"/>
     <w:rsid w:val="00212AE8"/>
+    <w:rsid w:val="00212F45"/>
     <w:rsid w:val="00215B8E"/>
     <w:rsid w:val="0023260B"/>
     <w:rsid w:val="0023574A"/>
     <w:rsid w:val="00241D86"/>
     <w:rsid w:val="00244E56"/>
     <w:rsid w:val="0024660E"/>
     <w:rsid w:val="00246DB6"/>
     <w:rsid w:val="00246F0C"/>
+    <w:rsid w:val="00254D0A"/>
+    <w:rsid w:val="00254F17"/>
     <w:rsid w:val="0026073E"/>
+    <w:rsid w:val="00260C60"/>
+    <w:rsid w:val="00266136"/>
+    <w:rsid w:val="00270775"/>
     <w:rsid w:val="00270F7A"/>
     <w:rsid w:val="002753D2"/>
     <w:rsid w:val="002767E0"/>
     <w:rsid w:val="00276A0B"/>
     <w:rsid w:val="00276BD0"/>
     <w:rsid w:val="00285520"/>
     <w:rsid w:val="002919C6"/>
     <w:rsid w:val="00296FF4"/>
     <w:rsid w:val="002A0185"/>
+    <w:rsid w:val="002A1BA5"/>
+    <w:rsid w:val="002A7C1A"/>
+    <w:rsid w:val="002B41CB"/>
     <w:rsid w:val="002C73DF"/>
+    <w:rsid w:val="002D474F"/>
     <w:rsid w:val="002E04E8"/>
     <w:rsid w:val="002E176D"/>
+    <w:rsid w:val="002E6B61"/>
     <w:rsid w:val="00306C43"/>
     <w:rsid w:val="0031263E"/>
     <w:rsid w:val="00323A8D"/>
     <w:rsid w:val="00324EA8"/>
+    <w:rsid w:val="00325A62"/>
     <w:rsid w:val="00330A92"/>
     <w:rsid w:val="00337590"/>
     <w:rsid w:val="0034177B"/>
     <w:rsid w:val="00342111"/>
+    <w:rsid w:val="003445FE"/>
     <w:rsid w:val="00344C63"/>
+    <w:rsid w:val="00351829"/>
+    <w:rsid w:val="00352427"/>
     <w:rsid w:val="00353BF1"/>
     <w:rsid w:val="003544D8"/>
     <w:rsid w:val="00356A7C"/>
     <w:rsid w:val="00356B11"/>
     <w:rsid w:val="00357578"/>
+    <w:rsid w:val="00367436"/>
     <w:rsid w:val="00370FD3"/>
+    <w:rsid w:val="00380535"/>
     <w:rsid w:val="00380D79"/>
+    <w:rsid w:val="00383A82"/>
     <w:rsid w:val="00395364"/>
+    <w:rsid w:val="003954E3"/>
     <w:rsid w:val="003956E7"/>
+    <w:rsid w:val="003A03F3"/>
+    <w:rsid w:val="003A4F39"/>
     <w:rsid w:val="003A60A6"/>
     <w:rsid w:val="003A6CA0"/>
     <w:rsid w:val="003A7F75"/>
+    <w:rsid w:val="003B00F8"/>
     <w:rsid w:val="003B3EBE"/>
+    <w:rsid w:val="003B5E65"/>
     <w:rsid w:val="003B63D8"/>
+    <w:rsid w:val="003C5918"/>
+    <w:rsid w:val="003D03F5"/>
     <w:rsid w:val="003D3467"/>
     <w:rsid w:val="003D6996"/>
     <w:rsid w:val="003D7E1E"/>
     <w:rsid w:val="003E7F9F"/>
+    <w:rsid w:val="004003A7"/>
+    <w:rsid w:val="00401949"/>
+    <w:rsid w:val="00402B07"/>
+    <w:rsid w:val="00413B61"/>
+    <w:rsid w:val="0041645D"/>
     <w:rsid w:val="004240E3"/>
     <w:rsid w:val="0043081C"/>
     <w:rsid w:val="00435D94"/>
     <w:rsid w:val="00437876"/>
+    <w:rsid w:val="00440FB2"/>
+    <w:rsid w:val="0045288F"/>
+    <w:rsid w:val="004571F5"/>
     <w:rsid w:val="004574DC"/>
+    <w:rsid w:val="00464509"/>
+    <w:rsid w:val="004647B9"/>
     <w:rsid w:val="0046551B"/>
+    <w:rsid w:val="0046790A"/>
     <w:rsid w:val="00470E9A"/>
     <w:rsid w:val="0047304C"/>
+    <w:rsid w:val="00473656"/>
     <w:rsid w:val="00477F65"/>
+    <w:rsid w:val="0048408A"/>
     <w:rsid w:val="00492BA4"/>
     <w:rsid w:val="004A106D"/>
     <w:rsid w:val="004C2249"/>
     <w:rsid w:val="004C3747"/>
+    <w:rsid w:val="004C3B99"/>
     <w:rsid w:val="004C3FA2"/>
     <w:rsid w:val="004C546E"/>
+    <w:rsid w:val="004C61DA"/>
     <w:rsid w:val="004C7F8D"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004E08F5"/>
     <w:rsid w:val="004E197D"/>
+    <w:rsid w:val="004E1D0A"/>
     <w:rsid w:val="004E4E8A"/>
     <w:rsid w:val="004F0828"/>
     <w:rsid w:val="00500D70"/>
     <w:rsid w:val="00504E52"/>
     <w:rsid w:val="005103F3"/>
     <w:rsid w:val="00513592"/>
     <w:rsid w:val="0051766A"/>
+    <w:rsid w:val="00521331"/>
+    <w:rsid w:val="00524F77"/>
     <w:rsid w:val="00527B4B"/>
+    <w:rsid w:val="00537DB4"/>
     <w:rsid w:val="00540584"/>
+    <w:rsid w:val="0054164E"/>
+    <w:rsid w:val="0055001A"/>
+    <w:rsid w:val="00551C3B"/>
     <w:rsid w:val="0055216B"/>
     <w:rsid w:val="00555EF2"/>
     <w:rsid w:val="00560F12"/>
+    <w:rsid w:val="005810BC"/>
     <w:rsid w:val="0058307B"/>
+    <w:rsid w:val="005929DD"/>
     <w:rsid w:val="00595AAC"/>
     <w:rsid w:val="00596C8C"/>
     <w:rsid w:val="005A172E"/>
+    <w:rsid w:val="005A3B59"/>
     <w:rsid w:val="005A5BB6"/>
+    <w:rsid w:val="005B0999"/>
     <w:rsid w:val="005B457B"/>
     <w:rsid w:val="005B590C"/>
     <w:rsid w:val="005C06B4"/>
     <w:rsid w:val="005C512D"/>
     <w:rsid w:val="005C5BDC"/>
+    <w:rsid w:val="005D4E3F"/>
+    <w:rsid w:val="005E0B99"/>
     <w:rsid w:val="005E0EEA"/>
+    <w:rsid w:val="005F746A"/>
     <w:rsid w:val="00613A00"/>
     <w:rsid w:val="00623C75"/>
     <w:rsid w:val="006330A0"/>
     <w:rsid w:val="0063343F"/>
+    <w:rsid w:val="006368EA"/>
+    <w:rsid w:val="006411A0"/>
+    <w:rsid w:val="00650D9D"/>
     <w:rsid w:val="006522C5"/>
     <w:rsid w:val="006522FB"/>
+    <w:rsid w:val="00653048"/>
     <w:rsid w:val="006538E9"/>
     <w:rsid w:val="00655890"/>
     <w:rsid w:val="0065691D"/>
     <w:rsid w:val="00661373"/>
     <w:rsid w:val="00665FE6"/>
+    <w:rsid w:val="0067572C"/>
+    <w:rsid w:val="00675ACA"/>
     <w:rsid w:val="00691489"/>
     <w:rsid w:val="0069242A"/>
     <w:rsid w:val="0069792A"/>
     <w:rsid w:val="006A2BFB"/>
     <w:rsid w:val="006A3BFD"/>
     <w:rsid w:val="006A3D61"/>
+    <w:rsid w:val="006A7247"/>
+    <w:rsid w:val="006B0E6A"/>
+    <w:rsid w:val="006B5C37"/>
+    <w:rsid w:val="006C2CBF"/>
     <w:rsid w:val="006C3574"/>
+    <w:rsid w:val="006C4C4F"/>
     <w:rsid w:val="006D1F91"/>
+    <w:rsid w:val="006D62EC"/>
+    <w:rsid w:val="006E6E5B"/>
+    <w:rsid w:val="006E79F5"/>
     <w:rsid w:val="006E7F29"/>
+    <w:rsid w:val="006E7F67"/>
+    <w:rsid w:val="006F1675"/>
+    <w:rsid w:val="006F4078"/>
     <w:rsid w:val="006F43F6"/>
     <w:rsid w:val="006F7933"/>
     <w:rsid w:val="0070509F"/>
+    <w:rsid w:val="00706DBE"/>
     <w:rsid w:val="00711119"/>
+    <w:rsid w:val="007213E0"/>
     <w:rsid w:val="0072276E"/>
+    <w:rsid w:val="00732934"/>
+    <w:rsid w:val="0073517C"/>
     <w:rsid w:val="0074588D"/>
+    <w:rsid w:val="00750D38"/>
+    <w:rsid w:val="0075399B"/>
     <w:rsid w:val="007556C6"/>
     <w:rsid w:val="00756D5E"/>
     <w:rsid w:val="007576EA"/>
     <w:rsid w:val="00766311"/>
     <w:rsid w:val="00771454"/>
     <w:rsid w:val="007819B4"/>
     <w:rsid w:val="00784BDF"/>
     <w:rsid w:val="00784C15"/>
+    <w:rsid w:val="00786B3A"/>
+    <w:rsid w:val="00786D7A"/>
     <w:rsid w:val="00787EBB"/>
+    <w:rsid w:val="00790821"/>
     <w:rsid w:val="00790ED4"/>
     <w:rsid w:val="00797DCB"/>
+    <w:rsid w:val="007A2B47"/>
+    <w:rsid w:val="007A5A3B"/>
+    <w:rsid w:val="007A5D33"/>
     <w:rsid w:val="007B0B14"/>
     <w:rsid w:val="007B0EF8"/>
+    <w:rsid w:val="007B2DA6"/>
     <w:rsid w:val="007B4821"/>
     <w:rsid w:val="007C5678"/>
     <w:rsid w:val="007D66BF"/>
+    <w:rsid w:val="007D7AC9"/>
+    <w:rsid w:val="007E08C2"/>
     <w:rsid w:val="007E0F79"/>
     <w:rsid w:val="007E1E93"/>
     <w:rsid w:val="007E28E6"/>
+    <w:rsid w:val="007F5561"/>
     <w:rsid w:val="007F6D92"/>
     <w:rsid w:val="007F781C"/>
+    <w:rsid w:val="00803016"/>
+    <w:rsid w:val="00803480"/>
     <w:rsid w:val="00805440"/>
+    <w:rsid w:val="008179AE"/>
     <w:rsid w:val="00821030"/>
+    <w:rsid w:val="00822CD8"/>
+    <w:rsid w:val="00826EFF"/>
     <w:rsid w:val="0082768E"/>
     <w:rsid w:val="008300A1"/>
+    <w:rsid w:val="00830745"/>
     <w:rsid w:val="0083121A"/>
+    <w:rsid w:val="008315D0"/>
     <w:rsid w:val="00831C64"/>
     <w:rsid w:val="00833424"/>
     <w:rsid w:val="0083603A"/>
     <w:rsid w:val="00837C49"/>
     <w:rsid w:val="00842AF0"/>
     <w:rsid w:val="00844361"/>
     <w:rsid w:val="008454B1"/>
     <w:rsid w:val="00846D99"/>
     <w:rsid w:val="008512B3"/>
     <w:rsid w:val="00854C7B"/>
     <w:rsid w:val="00856CD6"/>
     <w:rsid w:val="00856F10"/>
+    <w:rsid w:val="008635FC"/>
+    <w:rsid w:val="008748FE"/>
     <w:rsid w:val="00876360"/>
     <w:rsid w:val="008804EC"/>
     <w:rsid w:val="00884106"/>
     <w:rsid w:val="00892F14"/>
+    <w:rsid w:val="00896DAD"/>
     <w:rsid w:val="00897784"/>
     <w:rsid w:val="008A0318"/>
+    <w:rsid w:val="008A0443"/>
+    <w:rsid w:val="008A2515"/>
     <w:rsid w:val="008A54FB"/>
+    <w:rsid w:val="008E3674"/>
+    <w:rsid w:val="008E7924"/>
+    <w:rsid w:val="008F2307"/>
+    <w:rsid w:val="008F6298"/>
     <w:rsid w:val="008F79DA"/>
     <w:rsid w:val="00904277"/>
+    <w:rsid w:val="00907F49"/>
     <w:rsid w:val="00910A9C"/>
     <w:rsid w:val="00923041"/>
     <w:rsid w:val="00933F22"/>
+    <w:rsid w:val="009402EE"/>
     <w:rsid w:val="009404C3"/>
+    <w:rsid w:val="0094274E"/>
     <w:rsid w:val="00944A7B"/>
     <w:rsid w:val="00946539"/>
     <w:rsid w:val="0094792F"/>
     <w:rsid w:val="009509B4"/>
+    <w:rsid w:val="00951476"/>
     <w:rsid w:val="009606B7"/>
+    <w:rsid w:val="00966DE6"/>
+    <w:rsid w:val="00974647"/>
+    <w:rsid w:val="0097663C"/>
     <w:rsid w:val="00980226"/>
     <w:rsid w:val="00980D3E"/>
+    <w:rsid w:val="00981D0B"/>
     <w:rsid w:val="00987F87"/>
     <w:rsid w:val="009908F0"/>
     <w:rsid w:val="009911CC"/>
+    <w:rsid w:val="00993F37"/>
     <w:rsid w:val="009972B8"/>
+    <w:rsid w:val="00997C2A"/>
     <w:rsid w:val="009A277B"/>
     <w:rsid w:val="009A380E"/>
+    <w:rsid w:val="009A3ADA"/>
     <w:rsid w:val="009B0FB8"/>
     <w:rsid w:val="009B10FA"/>
     <w:rsid w:val="009C03D7"/>
     <w:rsid w:val="009C2B4D"/>
     <w:rsid w:val="009C395C"/>
+    <w:rsid w:val="009C674B"/>
     <w:rsid w:val="009C7D6D"/>
+    <w:rsid w:val="009E1134"/>
     <w:rsid w:val="009E403F"/>
     <w:rsid w:val="009E7B18"/>
     <w:rsid w:val="009F08AB"/>
     <w:rsid w:val="009F130A"/>
     <w:rsid w:val="009F1348"/>
     <w:rsid w:val="009F2939"/>
     <w:rsid w:val="009F3225"/>
     <w:rsid w:val="009F3D15"/>
+    <w:rsid w:val="009F572A"/>
     <w:rsid w:val="009F5A0E"/>
     <w:rsid w:val="009F6D14"/>
     <w:rsid w:val="00A032DE"/>
+    <w:rsid w:val="00A11430"/>
     <w:rsid w:val="00A14F6B"/>
+    <w:rsid w:val="00A1532A"/>
     <w:rsid w:val="00A20607"/>
     <w:rsid w:val="00A21021"/>
     <w:rsid w:val="00A36706"/>
+    <w:rsid w:val="00A424FD"/>
     <w:rsid w:val="00A57870"/>
+    <w:rsid w:val="00A648D1"/>
+    <w:rsid w:val="00A70027"/>
     <w:rsid w:val="00A7308F"/>
+    <w:rsid w:val="00A7697C"/>
     <w:rsid w:val="00A840C8"/>
     <w:rsid w:val="00A84EDB"/>
+    <w:rsid w:val="00A85940"/>
+    <w:rsid w:val="00A86294"/>
     <w:rsid w:val="00A86A98"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00A92C98"/>
     <w:rsid w:val="00A966E7"/>
     <w:rsid w:val="00A96ED7"/>
+    <w:rsid w:val="00AA3483"/>
     <w:rsid w:val="00AB359C"/>
     <w:rsid w:val="00AC2117"/>
     <w:rsid w:val="00AC49A4"/>
     <w:rsid w:val="00AD1FB8"/>
     <w:rsid w:val="00AD269B"/>
+    <w:rsid w:val="00AD57C8"/>
     <w:rsid w:val="00AD6EE3"/>
+    <w:rsid w:val="00AD7C45"/>
+    <w:rsid w:val="00AE0EC8"/>
     <w:rsid w:val="00AE10FD"/>
+    <w:rsid w:val="00AE1448"/>
+    <w:rsid w:val="00AE2E58"/>
     <w:rsid w:val="00AE4188"/>
     <w:rsid w:val="00AE4E0B"/>
     <w:rsid w:val="00AE7F13"/>
     <w:rsid w:val="00AF659D"/>
     <w:rsid w:val="00AF661C"/>
+    <w:rsid w:val="00AF7104"/>
     <w:rsid w:val="00B01BBA"/>
+    <w:rsid w:val="00B02324"/>
     <w:rsid w:val="00B04490"/>
     <w:rsid w:val="00B06279"/>
+    <w:rsid w:val="00B07D65"/>
     <w:rsid w:val="00B10774"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B12FD5"/>
     <w:rsid w:val="00B14FC6"/>
+    <w:rsid w:val="00B153A1"/>
     <w:rsid w:val="00B175E0"/>
     <w:rsid w:val="00B23298"/>
+    <w:rsid w:val="00B2475B"/>
     <w:rsid w:val="00B25594"/>
+    <w:rsid w:val="00B331F9"/>
+    <w:rsid w:val="00B33E51"/>
     <w:rsid w:val="00B465B7"/>
+    <w:rsid w:val="00B46822"/>
     <w:rsid w:val="00B51FC4"/>
+    <w:rsid w:val="00B52731"/>
+    <w:rsid w:val="00B5587B"/>
     <w:rsid w:val="00B559E5"/>
     <w:rsid w:val="00B565B9"/>
     <w:rsid w:val="00B65907"/>
     <w:rsid w:val="00B66EB6"/>
     <w:rsid w:val="00B71A63"/>
     <w:rsid w:val="00B7545C"/>
     <w:rsid w:val="00B75CF3"/>
+    <w:rsid w:val="00B83B51"/>
+    <w:rsid w:val="00B84A8D"/>
+    <w:rsid w:val="00B92FAD"/>
     <w:rsid w:val="00BA1A10"/>
+    <w:rsid w:val="00BA30B2"/>
+    <w:rsid w:val="00BA64F3"/>
     <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00BC12CE"/>
     <w:rsid w:val="00BC1D7F"/>
     <w:rsid w:val="00BC3BCC"/>
+    <w:rsid w:val="00BC6F03"/>
+    <w:rsid w:val="00BD0B22"/>
     <w:rsid w:val="00BD75AE"/>
     <w:rsid w:val="00BD7EA9"/>
     <w:rsid w:val="00BE0563"/>
+    <w:rsid w:val="00BE0F3F"/>
     <w:rsid w:val="00BE40AE"/>
+    <w:rsid w:val="00BE54A2"/>
+    <w:rsid w:val="00BE5A2C"/>
     <w:rsid w:val="00BE5ECD"/>
+    <w:rsid w:val="00BF2BB8"/>
     <w:rsid w:val="00BF4DB1"/>
     <w:rsid w:val="00BF50CB"/>
+    <w:rsid w:val="00C0191A"/>
+    <w:rsid w:val="00C0332E"/>
     <w:rsid w:val="00C03577"/>
     <w:rsid w:val="00C04434"/>
     <w:rsid w:val="00C04BE0"/>
+    <w:rsid w:val="00C055B7"/>
     <w:rsid w:val="00C05789"/>
     <w:rsid w:val="00C1181B"/>
     <w:rsid w:val="00C23B06"/>
+    <w:rsid w:val="00C24140"/>
     <w:rsid w:val="00C25E79"/>
     <w:rsid w:val="00C26161"/>
+    <w:rsid w:val="00C31F34"/>
     <w:rsid w:val="00C35FB0"/>
     <w:rsid w:val="00C37558"/>
     <w:rsid w:val="00C42299"/>
     <w:rsid w:val="00C43A20"/>
+    <w:rsid w:val="00C469A0"/>
+    <w:rsid w:val="00C47AF1"/>
     <w:rsid w:val="00C53973"/>
     <w:rsid w:val="00C55526"/>
+    <w:rsid w:val="00C60E4D"/>
+    <w:rsid w:val="00C641DA"/>
+    <w:rsid w:val="00C66E9C"/>
     <w:rsid w:val="00C7376D"/>
+    <w:rsid w:val="00C7398A"/>
+    <w:rsid w:val="00C841CD"/>
+    <w:rsid w:val="00C87035"/>
     <w:rsid w:val="00C87124"/>
     <w:rsid w:val="00C9379E"/>
+    <w:rsid w:val="00CA4034"/>
     <w:rsid w:val="00CA5D9D"/>
+    <w:rsid w:val="00CA6C6E"/>
     <w:rsid w:val="00CB3929"/>
+    <w:rsid w:val="00CB5E73"/>
+    <w:rsid w:val="00CB7F0A"/>
     <w:rsid w:val="00CC0C28"/>
     <w:rsid w:val="00CC1517"/>
     <w:rsid w:val="00CC5328"/>
+    <w:rsid w:val="00CD7AA9"/>
     <w:rsid w:val="00CE3F3D"/>
     <w:rsid w:val="00CF3C96"/>
+    <w:rsid w:val="00D041B3"/>
+    <w:rsid w:val="00D0581E"/>
+    <w:rsid w:val="00D10E86"/>
     <w:rsid w:val="00D13FA0"/>
     <w:rsid w:val="00D15C20"/>
+    <w:rsid w:val="00D168EE"/>
     <w:rsid w:val="00D31417"/>
+    <w:rsid w:val="00D32999"/>
     <w:rsid w:val="00D40821"/>
+    <w:rsid w:val="00D5189B"/>
     <w:rsid w:val="00D52D97"/>
+    <w:rsid w:val="00D54C08"/>
     <w:rsid w:val="00D64C32"/>
     <w:rsid w:val="00D65A78"/>
     <w:rsid w:val="00D71225"/>
+    <w:rsid w:val="00D8526C"/>
+    <w:rsid w:val="00D85B66"/>
     <w:rsid w:val="00D93DCF"/>
+    <w:rsid w:val="00D9509F"/>
     <w:rsid w:val="00D95C65"/>
     <w:rsid w:val="00DA0D32"/>
     <w:rsid w:val="00DA10B2"/>
+    <w:rsid w:val="00DA391A"/>
     <w:rsid w:val="00DA4ED3"/>
     <w:rsid w:val="00DB2473"/>
+    <w:rsid w:val="00DB3F74"/>
+    <w:rsid w:val="00DB50A5"/>
     <w:rsid w:val="00DC555E"/>
+    <w:rsid w:val="00DD06CB"/>
     <w:rsid w:val="00DD44F5"/>
+    <w:rsid w:val="00DD5DEF"/>
     <w:rsid w:val="00DE6C2F"/>
     <w:rsid w:val="00DF1CBB"/>
     <w:rsid w:val="00DF7F21"/>
+    <w:rsid w:val="00E025F4"/>
+    <w:rsid w:val="00E040C0"/>
     <w:rsid w:val="00E21A19"/>
+    <w:rsid w:val="00E25A3A"/>
+    <w:rsid w:val="00E25F44"/>
+    <w:rsid w:val="00E278E0"/>
     <w:rsid w:val="00E3079D"/>
     <w:rsid w:val="00E33610"/>
     <w:rsid w:val="00E35D8C"/>
     <w:rsid w:val="00E366AD"/>
     <w:rsid w:val="00E41699"/>
     <w:rsid w:val="00E4401A"/>
     <w:rsid w:val="00E45992"/>
     <w:rsid w:val="00E4798E"/>
     <w:rsid w:val="00E52DAB"/>
+    <w:rsid w:val="00E542E6"/>
+    <w:rsid w:val="00E610BC"/>
+    <w:rsid w:val="00E64BAF"/>
+    <w:rsid w:val="00E75844"/>
     <w:rsid w:val="00E75B08"/>
     <w:rsid w:val="00E77891"/>
     <w:rsid w:val="00E84EA1"/>
+    <w:rsid w:val="00E85635"/>
     <w:rsid w:val="00E87EA5"/>
     <w:rsid w:val="00E930FC"/>
+    <w:rsid w:val="00EA22EE"/>
+    <w:rsid w:val="00EA2DD8"/>
     <w:rsid w:val="00EA3B6D"/>
+    <w:rsid w:val="00EA44CD"/>
     <w:rsid w:val="00EA4E59"/>
+    <w:rsid w:val="00EA5620"/>
     <w:rsid w:val="00EA64EA"/>
     <w:rsid w:val="00EA65EA"/>
     <w:rsid w:val="00EB39D2"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
     <w:rsid w:val="00EC4BFA"/>
+    <w:rsid w:val="00EC7C81"/>
     <w:rsid w:val="00EE55F5"/>
     <w:rsid w:val="00EE75F5"/>
     <w:rsid w:val="00F01C47"/>
     <w:rsid w:val="00F022BA"/>
     <w:rsid w:val="00F05BD5"/>
     <w:rsid w:val="00F111D8"/>
     <w:rsid w:val="00F22377"/>
     <w:rsid w:val="00F271A8"/>
     <w:rsid w:val="00F305DA"/>
     <w:rsid w:val="00F31838"/>
     <w:rsid w:val="00F33208"/>
     <w:rsid w:val="00F3452E"/>
+    <w:rsid w:val="00F34687"/>
+    <w:rsid w:val="00F3743D"/>
     <w:rsid w:val="00F3765B"/>
     <w:rsid w:val="00F41570"/>
+    <w:rsid w:val="00F4564B"/>
     <w:rsid w:val="00F4666E"/>
     <w:rsid w:val="00F54576"/>
     <w:rsid w:val="00F56523"/>
     <w:rsid w:val="00F6019B"/>
     <w:rsid w:val="00F6060C"/>
+    <w:rsid w:val="00F61311"/>
+    <w:rsid w:val="00F61B04"/>
     <w:rsid w:val="00F6668A"/>
+    <w:rsid w:val="00F75883"/>
     <w:rsid w:val="00F7756E"/>
+    <w:rsid w:val="00F812C1"/>
     <w:rsid w:val="00F83DE4"/>
     <w:rsid w:val="00F86047"/>
     <w:rsid w:val="00F86C49"/>
     <w:rsid w:val="00F876A6"/>
+    <w:rsid w:val="00F90BE5"/>
     <w:rsid w:val="00F97F2C"/>
+    <w:rsid w:val="00FA0CA8"/>
+    <w:rsid w:val="00FA341A"/>
     <w:rsid w:val="00FA5B76"/>
+    <w:rsid w:val="00FB6285"/>
     <w:rsid w:val="00FB7D67"/>
     <w:rsid w:val="00FC19B3"/>
     <w:rsid w:val="00FD7324"/>
     <w:rsid w:val="00FE1BCF"/>
     <w:rsid w:val="00FE2D5D"/>
     <w:rsid w:val="00FE3601"/>
     <w:rsid w:val="00FE38E7"/>
+    <w:rsid w:val="00FE6BF2"/>
+    <w:rsid w:val="00FF6D4F"/>
     <w:rsid w:val="2B88EA02"/>
     <w:rsid w:val="616DD4F1"/>
     <w:rsid w:val="6AF64308"/>
     <w:rsid w:val="77F2F4F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25DCB36C"/>
   <w15:docId w15:val="{E975F1FB-A965-4506-8ED7-F322BD372B4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6469,51 +12890,51 @@
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6565,50 +12986,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
@@ -7101,51 +13523,50 @@
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D47086"/>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:szCs w:val="28"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces">
     <w:name w:val="07_puces"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
-      <w:ind w:left="227" w:hanging="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08annexecontactrenseignementsetc">
     <w:name w:val="08_annexe_contact_renseignements_etc."/>
     <w:qFormat/>
     <w:rsid w:val="00E04101"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00042B29"/>
     <w:pPr>
@@ -7216,63 +13637,61 @@
     <w:name w:val="répertoire_3"/>
     <w:basedOn w:val="TM3"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47086"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="280" w:lineRule="exact"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces2">
     <w:name w:val="07_puces_2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="0"/>
-      <w:ind w:left="454" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07puces3">
     <w:name w:val="07_puces_3"/>
     <w:basedOn w:val="07puces2"/>
     <w:qFormat/>
     <w:rsid w:val="00A871DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
-      <w:ind w:left="681" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00155AF3"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:ind w:left="595"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:locked/>
@@ -7359,113 +13778,112 @@
       <w:lang w:val="de-CH" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10numrotation">
     <w:name w:val="10_numérotation"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00345398"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11Chapitre">
     <w:name w:val="11_Chapitre"/>
     <w:basedOn w:val="Titre1"/>
     <w:next w:val="06atexteprincipal"/>
     <w:qFormat/>
     <w:rsid w:val="004C64A6"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
-      <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sansinterligne">
     <w:name w:val="No Spacing"/>
     <w:rsid w:val="00B44F22"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10bnumrotation2eniveau">
     <w:name w:val="10b_numérotation_2e_niveau"/>
     <w:qFormat/>
     <w:rsid w:val="00D43596"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
-      <w:ind w:left="738" w:hanging="369"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10cnumrotation3eniveau">
     <w:name w:val="10c_numérotation_3e_niveau"/>
     <w:qFormat/>
     <w:rsid w:val="00D43596"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10dnumrotation4eniveau">
     <w:name w:val="10d_numérotation_4e_niveau"/>
     <w:qFormat/>
     <w:rsid w:val="00D43596"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00DC555E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="00DA0D32"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
@@ -7575,255 +13993,633 @@
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00596C8C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:semiHidden/>
     <w:rsid w:val="00596C8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B92FAD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00005AD6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="251205762">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="734742770">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="210115814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="79"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="799768442">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="79"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="848831749">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="140269002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="79"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1161195896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="79"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="928734277">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1149830240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1442989110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1929776433">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1419935672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="946277926">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="148253099">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="698430082">
+                  <w:marLeft w:val="900"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="972172197">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1952586565">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="79"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2078552460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2108579604">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1597056456">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1361131480">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="567615892">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1159617621">
+                  <w:marLeft w:val="900"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="534077443">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="8728150">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="79"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecasfr.ch/de/Kontaktformular/Kontaktformular.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecasfr.ch/de/Kontaktformular/Kontaktformular.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finfo.zas.admin.ch/ahv/jsp/front.jsp?app=IV&amp;form=001_003_online_2&amp;lang=de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013438"/>
+        <w:name w:val="7ABFFCBBC3A949D8B5DED4DD33F3280E"/>
         <w:category>
-          <w:name w:val="Général"/>
+          <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D02B5445-D583-41E6-BA78-5AA99C0BBA71}"/>
+        <w:guid w:val="{F8C61D27-C625-4FA8-B952-78C20C0E671D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B63D8" w:rsidRDefault="003B63D8">
+        <w:p w:rsidR="004320F6" w:rsidRDefault="004320F6" w:rsidP="004320F6">
+          <w:pPr>
+            <w:pStyle w:val="7ABFFCBBC3A949D8B5DED4DD33F3280E"/>
+          </w:pPr>
           <w:r w:rsidRPr="00F45DBE">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B63D8"/>
     <w:rsid w:val="00005052"/>
+    <w:rsid w:val="000274CD"/>
+    <w:rsid w:val="000D55B8"/>
+    <w:rsid w:val="0018078E"/>
+    <w:rsid w:val="001D7F33"/>
+    <w:rsid w:val="003B00F8"/>
     <w:rsid w:val="003B63D8"/>
+    <w:rsid w:val="004320F6"/>
     <w:rsid w:val="00623C75"/>
+    <w:rsid w:val="006411A0"/>
+    <w:rsid w:val="0073517C"/>
     <w:rsid w:val="007A1DF0"/>
+    <w:rsid w:val="007F3E7C"/>
     <w:rsid w:val="0083603A"/>
+    <w:rsid w:val="00861DC8"/>
     <w:rsid w:val="009509B4"/>
     <w:rsid w:val="009911CC"/>
+    <w:rsid w:val="00BC6F03"/>
+    <w:rsid w:val="00BE5A2C"/>
     <w:rsid w:val="00DB2473"/>
+    <w:rsid w:val="00E025F4"/>
+    <w:rsid w:val="00EA0F2C"/>
+    <w:rsid w:val="00F90BE5"/>
     <w:rsid w:val="00FE38E7"/>
+    <w:rsid w:val="00FF6D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8209,60 +15005,64 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
-    <w:rsid w:val="003B63D8"/>
+    <w:rsid w:val="00861DC8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7ABFFCBBC3A949D8B5DED4DD33F3280E">
+    <w:name w:val="7ABFFCBBC3A949D8B5DED4DD33F3280E"/>
+    <w:rsid w:val="004320F6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -8559,63 +15359,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009B7DEA222A28BD42AF2B2380044555B0" ma:contentTypeVersion="20" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="699ec5d87ad39b81ff9382bb8c1cf025">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9db14b6b-5c52-49f5-aea7-12bd1e5f35af" xmlns:ns3="0f273f08-eb22-4450-b92e-e0a9b9cb81f2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d69e4786be059a4a39bce52a3a77680c" ns2:_="" ns3:_="">
     <xsd:import namespace="9db14b6b-5c52-49f5-aea7-12bd1e5f35af"/>
     <xsd:import namespace="0f273f08-eb22-4450-b92e-e0a9b9cb81f2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -8826,122 +15613,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9db14b6b-5c52-49f5-aea7-12bd1e5f35af">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0f273f08-eb22-4450-b92e-e0a9b9cb81f2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3253F7ED-160D-420E-9FA8-F5D13F94C088}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAF01412-1AA7-488D-BC3E-52C4CB335F39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9db14b6b-5c52-49f5-aea7-12bd1e5f35af"/>
     <ds:schemaRef ds:uri="0f273f08-eb22-4450-b92e-e0a9b9cb81f2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04C5C755-F429-412A-B30A-B000F3CF988D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3253F7ED-160D-420E-9FA8-F5D13F94C088}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD0E1E25-F5F0-49DF-875F-191D7846437E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9db14b6b-5c52-49f5-aea7-12bd1e5f35af"/>
     <ds:schemaRef ds:uri="0f273f08-eb22-4450-b92e-e0a9b9cb81f2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>830</Words>
-  <Characters>4568</Characters>
+  <Words>1117</Words>
+  <Characters>6125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Correspondance</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5388</CharactersWithSpaces>
+  <CharactersWithSpaces>7057</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:subject/>
   <dc:creator>Dénervaud Floriane</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009B7DEA222A28BD42AF2B2380044555B0</vt:lpwstr>