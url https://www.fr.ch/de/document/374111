--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,58 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33EC9C19" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="007838FA" w:rsidRDefault="00C85DBA" w:rsidP="003C3E58">
       <w:pPr>
         <w:pStyle w:val="05objet"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007838FA">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Pe</w:t>
       </w:r>
       <w:r w:rsidR="00C35808" w:rsidRPr="007838FA">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="007838FA" w:rsidRPr="007838FA">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>sonalien</w:t>
@@ -163,109 +160,109 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="CaseACocher21"/>
       <w:r w:rsidR="00976072" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
-[...4 lines deleted...]
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00976072" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> weiblich </w:t>
       </w:r>
       <w:r w:rsidR="00A77DC7">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="CaseACocher20"/>
       <w:r w:rsidR="00976072" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
-[...4 lines deleted...]
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00976072" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> männlich</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -606,87 +603,190 @@
         </w:rPr>
         <w:t>Geburtsdatum (Tag, Monat, Jahr)</w:t>
       </w:r>
       <w:r w:rsidR="00987B6C">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>AHV/IV</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3654"/>
-        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="3663"/>
+        <w:gridCol w:w="373"/>
         <w:gridCol w:w="372"/>
         <w:gridCol w:w="372"/>
         <w:gridCol w:w="302"/>
-        <w:gridCol w:w="297"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="296"/>
         <w:gridCol w:w="297"/>
         <w:gridCol w:w="301"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="296"/>
         <w:gridCol w:w="297"/>
-        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="301"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="297"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A77DC7" w:rsidRPr="00A77DC7" w14:paraId="4DAE5131" w14:textId="77777777" w:rsidTr="00A77DC7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9C4CCC" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRPr="00E37C4E" w:rsidRDefault="00A77DC7" w:rsidP="00BF5F54">
+          <w:p w14:paraId="5D9C4CCC" w14:textId="0C3D5ECB" w:rsidR="00A77DC7" w:rsidRPr="00E37C4E" w:rsidRDefault="00632A66" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte39"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Texte39"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="301" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="503B0985" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRPr="00302C8B" w:rsidRDefault="00A77DC7" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
@@ -1173,51 +1273,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Texte4"/>
+            <w:bookmarkStart w:id="5" w:name="Texte4"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -1259,88 +1359,88 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32845870" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Texte5"/>
+            <w:bookmarkStart w:id="6" w:name="Texte5"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -1382,457 +1482,142 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62397A0F" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
-[...15 lines deleted...]
-    <w:p w14:paraId="520C6FEF" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="007838FA" w:rsidP="003C06CF">
+    <w:p w14:paraId="34D6D4FE" w14:textId="6A76402B" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="00E2132F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0000619B" w:rsidRPr="00E37C4E">
-[...297 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="30B5D4B7" w14:textId="77777777" w:rsidR="0000619B" w:rsidRPr="00E37C4E" w:rsidRDefault="0000619B" w:rsidP="00A77DC7">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Besteht eine </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="7" w:name="OLE_LINK1"/>
       <w:r w:rsidR="007838FA" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Beistandschaft</w:t>
       </w:r>
       <w:r w:rsidR="00926E0E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
-[...4 lines deleted...]
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>ja</w:t>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
@@ -1840,134 +1625,147 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
-[...4 lines deleted...]
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00111ED8" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> n</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>ein</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="4AAE2C0C" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="007838FA" w:rsidP="007838FA">
+    <w:p w14:paraId="4AAE2C0C" w14:textId="268BBA79" w:rsidR="004000DF" w:rsidRPr="006D39A4" w:rsidRDefault="007838FA" w:rsidP="006D39A4">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006D39A4">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Wenn ja, Name und Vorname der Beistandschaft (</w:t>
+      </w:r>
+      <w:r w:rsidR="0000619B" w:rsidRPr="00E37C4E">
+        <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="0000619B" w:rsidRPr="00E37C4E">
+        <w:t>Bitte legen Sie eine Kopie der Ernennungsurkunde zur Beistandschaft bei</w:t>
+      </w:r>
+      <w:r w:rsidR="006D39A4">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>Bitte legen Sie dieser Anmeldung eine Kopie der Ernennungsurkunde zur Beistandschaft bei.</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
       <w:tr w:rsidR="004000DF" w:rsidRPr="00D67CDA" w14:paraId="2B9A556E" w14:textId="77777777" w:rsidTr="00BF5F54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
+          <w:bookmarkStart w:id="8" w:name="_Hlk216360564"/>
           <w:p w14:paraId="16DCB1B6" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte8"/>
                   <w:enabled/>
@@ -2044,645 +1842,255 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="8"/>
     </w:tbl>
     <w:p w14:paraId="5ACC2D48" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65F21891" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="0000619B" w:rsidP="004000DF">
+    <w:p w14:paraId="505325FD" w14:textId="7B89F522" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="0000619B" w:rsidP="00A6302E">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E37C4E">
-[...38 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D39A4">
+        <w:t>Staatsangehörigkeit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004000DF" w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B170C5" w:rsidRPr="00E37C4E" w14:paraId="196EAF34" w14:textId="77777777" w:rsidTr="003856B5">
+      <w:tr w:rsidR="006D39A4" w:rsidRPr="00D67CDA" w14:paraId="31B3E1B3" w14:textId="77777777" w:rsidTr="00C95B6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B15ABDA" w14:textId="77777777" w:rsidR="00B170C5" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00B170C5">
+          <w:p w14:paraId="66930857" w14:textId="77777777" w:rsidR="006D39A4" w:rsidRPr="00E37C4E" w:rsidRDefault="006D39A4" w:rsidP="00C95B6B">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte9"/>
+                  <w:name w:val="Texte8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texte9"/>
-            <w:r w:rsidR="00B170C5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B170C5">
-[...39 lines deleted...]
-            <w:r w:rsidR="00B170C5">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="de-CH"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46440BAC" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
+    <w:p w14:paraId="3A420EB0" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="004000DF" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B809EA6" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="007838FA" w:rsidP="003C06CF">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="3D9AC7E8" w14:textId="1DAB16B7" w:rsidR="00E2132F" w:rsidRDefault="00E2132F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:tab/>
-[...347 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="75F3EB71" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="0000619B" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Personalien </w:t>
       </w:r>
       <w:r w:rsidR="00F2050A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r w:rsidR="00C35808">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
@@ -2768,51 +2176,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texte13"/>
+            <w:bookmarkStart w:id="10" w:name="Texte13"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2854,92 +2262,92 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66619855" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Texte14"/>
+            <w:bookmarkStart w:id="11" w:name="Texte14"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2981,51 +2389,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D4D186F" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31AF1179" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="0000619B" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -3070,51 +2478,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Texte15"/>
+            <w:bookmarkStart w:id="12" w:name="Texte15"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3156,51 +2564,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EF3028A" w14:textId="77777777" w:rsidR="009B6C6F" w:rsidRDefault="009B6C6F" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BB54738" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="009445B6" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -3247,51 +2655,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Texte16"/>
+            <w:bookmarkStart w:id="13" w:name="Texte16"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3333,51 +2741,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F5AFBA9" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30753DD0" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRDefault="00A77DC7" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
@@ -3462,51 +2870,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Texte17"/>
+            <w:bookmarkStart w:id="14" w:name="Texte17"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3548,88 +2956,88 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12F3B674" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Texte18"/>
+            <w:bookmarkStart w:id="15" w:name="Texte18"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3671,51 +3079,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04584C8A" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7D0B65" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="007838FA" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3783,51 +3191,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Texte19"/>
+            <w:bookmarkStart w:id="16" w:name="Texte19"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3869,88 +3277,88 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F33F43E" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Texte20"/>
+            <w:bookmarkStart w:id="17" w:name="Texte20"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3992,1268 +3400,204 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F83EAF4" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
-[...15 lines deleted...]
-    <w:p w14:paraId="22D96537" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRPr="00E37C4E" w:rsidRDefault="00A77DC7" w:rsidP="00A77DC7">
+    <w:p w14:paraId="07605154" w14:textId="547F7D63" w:rsidR="00EB0636" w:rsidRDefault="00A77DC7" w:rsidP="00E2132F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>E-Mail-Adresse</w:t>
-[...1011 lines deleted...]
-      </w:pPr>
+      </w:r>
     </w:p>
     <w:p w14:paraId="151CAB75" w14:textId="77777777" w:rsidR="00EB0636" w:rsidRPr="00EB0636" w:rsidRDefault="00A77DC7" w:rsidP="00A77DC7">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Elterliches Sorgerecht:</w:t>
       </w:r>
       <w:r w:rsidR="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B6C6F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B6C6F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EA53DD" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="008D519F" w:rsidRDefault="004000DF" w:rsidP="008D519F">
+    <w:p w14:paraId="07EA53DD" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="008D519F" w:rsidRDefault="004000DF" w:rsidP="00E2132F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:lang w:val="de-CH"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FCC8F22" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="00E12693">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vater</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659BF5F9" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Familienname</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -5275,51 +3619,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Texte26"/>
+            <w:bookmarkStart w:id="18" w:name="Texte26"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -5361,51 +3705,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21B694DF" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7479E58F" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -5444,51 +3788,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Texte27"/>
+            <w:bookmarkStart w:id="19" w:name="Texte27"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -5530,51 +3874,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65C30839" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061F69C6" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
@@ -5621,51 +3965,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Texte28"/>
+            <w:bookmarkStart w:id="20" w:name="Texte28"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -5707,51 +4051,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="163D497E" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48391AC6" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRDefault="00644085" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
@@ -5836,51 +4180,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Texte29"/>
+            <w:bookmarkStart w:id="21" w:name="Texte29"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -5922,88 +4266,88 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A2F046" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Texte30"/>
+            <w:bookmarkStart w:id="22" w:name="Texte30"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -6045,51 +4389,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BCC169A" w14:textId="77777777" w:rsidR="007838FA" w:rsidRDefault="007838FA" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F8BD994" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="007838FA" w:rsidP="003C06CF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6157,51 +4501,51 @@
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Texte31"/>
+            <w:bookmarkStart w:id="23" w:name="Texte31"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -6243,88 +4587,88 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4458" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12E48F43" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00111ED8" w:rsidP="00BF5F54">
             <w:pPr>
               <w:pStyle w:val="Liste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5040"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Texte32"/>
+            <w:bookmarkStart w:id="24" w:name="Texte32"/>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -6366,1537 +4710,479 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D67CDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18613E22" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRDefault="00A77DC7" w:rsidP="008D519F">
-[...15 lines deleted...]
-    <w:p w14:paraId="659957D2" w14:textId="77777777" w:rsidR="00A77DC7" w:rsidRPr="00E37C4E" w:rsidRDefault="00A77DC7" w:rsidP="00A77DC7">
+    <w:p w14:paraId="087140EC" w14:textId="7122E6D9" w:rsidR="007838FA" w:rsidRDefault="00A77DC7" w:rsidP="00E2132F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>E-Mail-Adresse</w:t>
-[...891 lines deleted...]
-      </w:pPr>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7BD462BD" w14:textId="77777777" w:rsidR="00EB0636" w:rsidRDefault="00A77DC7" w:rsidP="00A77DC7">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Elterliches Sorgerecht:</w:t>
       </w:r>
       <w:r w:rsidR="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B6C6F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="00EB0636">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B92148">
+      <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB0636" w:rsidRPr="0065051C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B6C6F">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDCF807" w14:textId="77777777" w:rsidR="00391760" w:rsidRDefault="00391760" w:rsidP="008D519F">
+    <w:p w14:paraId="7F907AA9" w14:textId="77777777" w:rsidR="008D519F" w:rsidRDefault="008D519F" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4123F8B0" w14:textId="77777777" w:rsidR="002D4CDA" w:rsidRDefault="002D4CDA" w:rsidP="002D4CDA">
+    <w:p w14:paraId="64BE90D8" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>/Ärztin</w:t>
+      <w:r w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Ermächtigung zur Erteilung von Auskünften</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C08511B" w14:textId="77777777" w:rsidR="002D4CDA" w:rsidRPr="00E37C4E" w:rsidRDefault="002D4CDA" w:rsidP="002D4CDA">
-[...27 lines deleted...]
-        <w:t>des Arztes/der Ärztin</w:t>
+    <w:p w14:paraId="7DC78B27" w14:textId="0C0EF830" w:rsidR="004000DF" w:rsidRPr="007838FA" w:rsidRDefault="00E37C4E" w:rsidP="003C3E58">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Mit der Unterzeich</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B59" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>nung dieses Formulars ermächtigen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die gesetzliche</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B59" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12A6A" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vertreter des Kindes</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2132F">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder der/des </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12A6A" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jugendlichen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alle in Betracht fallenden Personen und Stellen, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D765B" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>medizinische</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1EC9" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A1EC9" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fachpersonen, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D519F">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lehrpersonen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008D519F">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1EC9" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Psychologen, Fachpersonen Logopädie und </w:t>
+      </w:r>
+      <w:r w:rsidR="004D765B" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Psychomotorik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dem Amt für Sonderpädagogik die für die Abklärung des Anspruchs und die Prüfung der Leistungsberechtigung des/der Begünstigten für die Gewährung </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2050A" w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007838FA">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massnahmen erforderlichen Auskünfte zu geben.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...119 lines deleted...]
-    <w:p w14:paraId="7F907AA9" w14:textId="77777777" w:rsidR="008D519F" w:rsidRDefault="008D519F" w:rsidP="008D519F">
+    <w:p w14:paraId="6B324B74" w14:textId="77777777" w:rsidR="00976072" w:rsidRDefault="00976072" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
-        <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64BE90D8" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
+    <w:p w14:paraId="03859DC0" w14:textId="77777777" w:rsidR="00976072" w:rsidRDefault="00976072" w:rsidP="00976072">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E37C4E">
-[...4 lines deleted...]
-        <w:t>Ermächtigung zur Erteilung von Auskünften</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Datenschutz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC78B27" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="007838FA" w:rsidRDefault="00E37C4E" w:rsidP="003C3E58">
+    <w:p w14:paraId="380184ED" w14:textId="77777777" w:rsidR="005218E4" w:rsidRDefault="00976072" w:rsidP="00EB0636">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007838FA">
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> Massnahmen erforderlichen Auskünfte zu geben.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Die vorliegenden persönlichen Angaben sind für das Amt für Sonderpädagogik (SoA) bestimmt. Sie werden nicht an Dritte weitergegeben.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B324B74" w14:textId="77777777" w:rsidR="00976072" w:rsidRDefault="00976072" w:rsidP="008D519F">
+    <w:p w14:paraId="2D553816" w14:textId="77777777" w:rsidR="0093766A" w:rsidRPr="000D0BD8" w:rsidRDefault="0093766A" w:rsidP="008D519F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03859DC0" w14:textId="77777777" w:rsidR="00976072" w:rsidRDefault="00976072" w:rsidP="00976072">
-[...41 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3955827A" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="0065051C">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Der Anmeldung sind folgende Dokumente beizulegen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207B5E09" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Schweizer Bürgerinnen und Bürger</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D33F56" w14:textId="77777777" w:rsidR="00DC58D1" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004039D7">
+    <w:p w14:paraId="37D33F56" w14:textId="55C7BBA3" w:rsidR="00DC58D1" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Kopie eines </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>amtlichen Personalausweises</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Familienbüchlein, Reisepass oder Identitätskarte), aus dem die Identität des</w:t>
+        <w:t xml:space="preserve"> (Familienbüchlein, Reisepass oder Identitätskarte)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2132F">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E37C4E">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00C35808">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kindes oder der/des</w:t>
       </w:r>
       <w:r w:rsidR="00F2050A">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jugendlichen </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00926E0E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>er Eltern ersichtlich ist</w:t>
+        <w:t>er Eltern</w:t>
       </w:r>
       <w:r w:rsidR="000D0BD8">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E318555" w14:textId="77777777" w:rsidR="004000DF" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004000DF">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E37C4E">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Ausländische Staatsangehörige</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD4E579" w14:textId="77777777" w:rsidR="00DC58D1" w:rsidRPr="00E37C4E" w:rsidRDefault="00E37C4E" w:rsidP="004039D7">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
@@ -8429,659 +5715,351 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43EF5476" w14:textId="77777777" w:rsidR="0093766A" w:rsidRPr="008D519F" w:rsidRDefault="0093766A" w:rsidP="008D519F">
+    <w:p w14:paraId="59252F9D" w14:textId="77777777" w:rsidR="007D613B" w:rsidRPr="00B170C5" w:rsidRDefault="007D613B" w:rsidP="00E2132F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F881D7D" w14:textId="77777777" w:rsidR="007D613B" w:rsidRPr="007D613B" w:rsidRDefault="00391760" w:rsidP="007D613B">
-[...282 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="007D613B" w:rsidRPr="00B170C5" w:rsidSect="00E2132F">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1985" w:right="851" w:bottom="1134" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
+      <w:pgMar w:top="1843" w:right="851" w:bottom="993" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78653CFA" w14:textId="77777777" w:rsidR="00FC4A23" w:rsidRDefault="00FC4A23" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="03A86C64" w14:textId="77777777" w:rsidR="00FC4A23" w:rsidRDefault="00FC4A23" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="01BD03C9" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01BD03C9" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="35C05602" w14:textId="77777777" w:rsidR="00B92148" w:rsidRPr="00B92148" w:rsidRDefault="00B92148" w:rsidP="00B92148">
     <w:pPr>
       <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="35" w:name="_Hlk94796375"/>
+    <w:bookmarkStart w:id="25" w:name="_Hlk94796375"/>
     <w:r w:rsidRPr="00B92148">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direction de la formation et des affaires culturelles </w:t>
     </w:r>
     <w:r w:rsidRPr="00B92148">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>DFAC</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2EB05F79" w14:textId="77777777" w:rsidR="00B92148" w:rsidRPr="00B92148" w:rsidRDefault="00B92148" w:rsidP="00B92148">
     <w:pPr>
       <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B92148">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r w:rsidRPr="00B92148">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="35"/>
-  <w:p w14:paraId="78EBD0A8" w14:textId="26949FE8" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="007838FA" w:rsidP="007838FA">
+  <w:bookmarkEnd w:id="25"/>
+  <w:p w14:paraId="78EBD0A8" w14:textId="26949FE8" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="007838FA" w:rsidP="007838FA">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007838FA">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>S-001-DE</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56F498C5" w14:textId="77777777" w:rsidR="00FC4A23" w:rsidRDefault="00FC4A23" w:rsidP="00D43596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="07AFED82" w14:textId="77777777" w:rsidR="00FC4A23" w:rsidRDefault="00FC4A23" w:rsidP="00D43596">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D43596" w:rsidRPr="00B92148" w14:paraId="74C53104" w14:textId="77777777">
+    <w:tr w:rsidR="00D43596" w:rsidRPr="006D39A4" w14:paraId="74C53104" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5ADF7300" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="009445B6" w:rsidRDefault="009445B6" w:rsidP="00D43596">
+        <w:p w14:paraId="5ADF7300" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="009445B6" w:rsidRDefault="009445B6" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009445B6">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>Amt für Sonderpädagogik</w:t>
           </w:r>
           <w:r w:rsidR="00EB6284" w:rsidRPr="009445B6">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidR="00EB6284" w:rsidRPr="009445B6">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="009445B6">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>oA</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
-        <w:p w14:paraId="494B9CA5" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="009445B6" w:rsidRDefault="009445B6" w:rsidP="00E37C4E">
+        <w:p w14:paraId="494B9CA5" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="009445B6" w:rsidRDefault="009445B6" w:rsidP="00E37C4E">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Seite </w:t>
           </w:r>
           <w:r w:rsidR="00111ED8" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00EB6284" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
@@ -9155,154 +6133,154 @@
           </w:r>
           <w:r w:rsidR="00111ED8" w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="00E37C4E">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="204DABA3" wp14:editId="5EBE5485">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="5" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
+                <wp:docPr id="1329271957" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116205" cy="220980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4BF666CE" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="009445B6" w:rsidRDefault="00B92148" w:rsidP="00EB3EC8">
+  <w:p w14:paraId="4BF666CE" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="009445B6" w:rsidRDefault="00632A66" w:rsidP="00E2132F">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43596" w:rsidRPr="004A0F2D" w14:paraId="6B96F10D" w14:textId="77777777" w:rsidTr="0000619B">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1FFCE26F" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00AA545D" w:rsidRDefault="00E37C4E" w:rsidP="00D43596">
+        <w:p w14:paraId="1FFCE26F" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00AA545D" w:rsidRDefault="00E37C4E" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46BD5705" wp14:editId="68C03973">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-3175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="935990" cy="795655"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="6" name="Image 1" descr="logo_fr_300.jpg"/>
+                <wp:docPr id="762982817" name="Image 1" descr="logo_fr_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="logo_fr_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="935990" cy="795655"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
@@ -9329,193 +6307,193 @@
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4387872D" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">Service de </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>l’enseignement spécialisé</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4159B4CC" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
+        <w:p w14:paraId="4159B4CC" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="004000DF" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">et des mesures d’aide </w:t>
           </w:r>
           <w:r w:rsidRPr="004000DF">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>SESAM</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2979BBB8" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="2979BBB8" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Amt für </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>Sonderpädagogik</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF50CB">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="004000DF">
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>SoA</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3E2351DE" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00B92148" w:rsidP="00D43596">
+        <w:p w14:paraId="3E2351DE" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="00632A66" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6C088B2F" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00103392" w:rsidRDefault="0000619B" w:rsidP="00D43596">
+        <w:p w14:paraId="6C088B2F" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00103392" w:rsidRDefault="0000619B" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Spitalgasse </w:t>
           </w:r>
           <w:r w:rsidR="00103392">
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:szCs w:val="12"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>, 1701 Freiburg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1ED08C9A" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00BF50CB" w:rsidRDefault="00B92148" w:rsidP="00D43596">
+        <w:p w14:paraId="1ED08C9A" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00BF50CB" w:rsidRDefault="00632A66" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="41AEB39B" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="0000619B" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
+        <w:p w14:paraId="41AEB39B" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="0000619B" w:rsidRDefault="00EB6284" w:rsidP="00D43596">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0000619B">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve">T +41 </w:t>
           </w:r>
           <w:r w:rsidR="004000DF" w:rsidRPr="0000619B">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>26 305 40 60</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="662D1BF8" w14:textId="77777777" w:rsidR="00D43596" w:rsidRPr="00E5117F" w:rsidRDefault="00A577BF" w:rsidP="004000DF">
+        <w:p w14:paraId="662D1BF8" w14:textId="77777777" w:rsidR="00632A66" w:rsidRPr="00E5117F" w:rsidRDefault="00A577BF" w:rsidP="004000DF">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>www.fr.ch/soa</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="18AA7883" w14:textId="77777777" w:rsidR="004000DF" w:rsidRDefault="004000DF" w:rsidP="004000DF"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10583E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF54310E"/>
     <w:lvl w:ilvl="0" w:tplc="7232654E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:pStyle w:val="10dnumrotation4eniveau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1475"/>
         </w:tabs>
         <w:ind w:left="1475" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
@@ -10778,243 +7756,249 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E5EAA82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1972665534">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1339580521">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="66539113">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1207524059">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="96753561">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="596523963">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1848519408">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1142385609">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2028674065">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC4A23"/>
     <w:rsid w:val="0000619B"/>
     <w:rsid w:val="00036F42"/>
     <w:rsid w:val="0004255E"/>
     <w:rsid w:val="00082F4F"/>
     <w:rsid w:val="000D0BD8"/>
     <w:rsid w:val="000D2F16"/>
     <w:rsid w:val="00103392"/>
     <w:rsid w:val="00111ED8"/>
     <w:rsid w:val="001158CC"/>
     <w:rsid w:val="00164C2E"/>
     <w:rsid w:val="001F1FCF"/>
     <w:rsid w:val="00214638"/>
     <w:rsid w:val="00224C27"/>
     <w:rsid w:val="0029353E"/>
     <w:rsid w:val="002B2627"/>
     <w:rsid w:val="002D4CDA"/>
     <w:rsid w:val="00302C8B"/>
     <w:rsid w:val="00314F1F"/>
     <w:rsid w:val="00331357"/>
     <w:rsid w:val="00333E17"/>
     <w:rsid w:val="00391760"/>
     <w:rsid w:val="003C06CF"/>
     <w:rsid w:val="003C3E58"/>
     <w:rsid w:val="003C442A"/>
     <w:rsid w:val="003D0B59"/>
     <w:rsid w:val="004000DF"/>
     <w:rsid w:val="004039D7"/>
     <w:rsid w:val="004C1065"/>
     <w:rsid w:val="004D5C7D"/>
     <w:rsid w:val="004D765B"/>
     <w:rsid w:val="004E4E8A"/>
+    <w:rsid w:val="004F4D8F"/>
     <w:rsid w:val="005218E4"/>
     <w:rsid w:val="00540B61"/>
     <w:rsid w:val="006258C4"/>
+    <w:rsid w:val="00632A66"/>
     <w:rsid w:val="00644085"/>
     <w:rsid w:val="0065051C"/>
     <w:rsid w:val="006B6256"/>
+    <w:rsid w:val="006D39A4"/>
     <w:rsid w:val="00727F6F"/>
     <w:rsid w:val="007838FA"/>
     <w:rsid w:val="00786EC7"/>
     <w:rsid w:val="007A1EC9"/>
     <w:rsid w:val="007D613B"/>
     <w:rsid w:val="00811E4B"/>
     <w:rsid w:val="008D519F"/>
     <w:rsid w:val="008E3000"/>
     <w:rsid w:val="008E604B"/>
     <w:rsid w:val="00904277"/>
     <w:rsid w:val="00926E0E"/>
     <w:rsid w:val="0093766A"/>
     <w:rsid w:val="009445B6"/>
     <w:rsid w:val="00976072"/>
     <w:rsid w:val="00987B6C"/>
     <w:rsid w:val="009B6C6F"/>
     <w:rsid w:val="00A4739B"/>
     <w:rsid w:val="00A577BF"/>
+    <w:rsid w:val="00A6302E"/>
     <w:rsid w:val="00A77DC7"/>
     <w:rsid w:val="00A871DB"/>
     <w:rsid w:val="00AA7BDB"/>
     <w:rsid w:val="00B01FAC"/>
     <w:rsid w:val="00B1195A"/>
     <w:rsid w:val="00B170C5"/>
     <w:rsid w:val="00B57597"/>
     <w:rsid w:val="00B92148"/>
     <w:rsid w:val="00BA01A5"/>
     <w:rsid w:val="00BA6AFB"/>
     <w:rsid w:val="00BF50CB"/>
     <w:rsid w:val="00BF5F54"/>
     <w:rsid w:val="00C04BE0"/>
     <w:rsid w:val="00C139E4"/>
     <w:rsid w:val="00C35808"/>
     <w:rsid w:val="00C5506E"/>
     <w:rsid w:val="00C85DBA"/>
     <w:rsid w:val="00C94FFE"/>
     <w:rsid w:val="00CD2744"/>
+    <w:rsid w:val="00CF01F0"/>
     <w:rsid w:val="00CF6AF4"/>
     <w:rsid w:val="00D03003"/>
     <w:rsid w:val="00D05785"/>
     <w:rsid w:val="00D0744A"/>
     <w:rsid w:val="00D12A6A"/>
     <w:rsid w:val="00D2014C"/>
     <w:rsid w:val="00D21933"/>
     <w:rsid w:val="00D31417"/>
     <w:rsid w:val="00D54132"/>
     <w:rsid w:val="00D67CDA"/>
     <w:rsid w:val="00D94996"/>
     <w:rsid w:val="00DC58D1"/>
     <w:rsid w:val="00DF521C"/>
     <w:rsid w:val="00DF67F9"/>
     <w:rsid w:val="00E12693"/>
+    <w:rsid w:val="00E2132F"/>
     <w:rsid w:val="00E37C4E"/>
     <w:rsid w:val="00EB0636"/>
     <w:rsid w:val="00EB3EC8"/>
     <w:rsid w:val="00EB6284"/>
     <w:rsid w:val="00EC122D"/>
     <w:rsid w:val="00EC7516"/>
     <w:rsid w:val="00F2050A"/>
     <w:rsid w:val="00FC4A23"/>
     <w:rsid w:val="00FD4AB4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E9065C9"/>
   <w15:docId w15:val="{9D36E902-B4FD-4AB7-BC8B-F60E5E98EF7C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11121,50 +8105,53 @@
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
@@ -11549,51 +8536,50 @@
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre9Car"/>
     <w:qFormat/>
     <w:rsid w:val="004000DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1584"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
@@ -12215,62 +9201,62 @@
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:rsid w:val="00A77DC7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:rsid w:val="00A77DC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -12568,69 +9554,69 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EAA63D9-78A6-4D01-B65B-DF512ABB1E05}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3542</Characters>
+  <Pages>3</Pages>
+  <Words>488</Words>
+  <Characters>2689</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Correspondance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4178</CharactersWithSpaces>
+  <CharactersWithSpaces>3171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Correspondance</dc:title>
   <dc:creator>Perritaz Pierre</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>