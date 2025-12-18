--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -11,53 +11,53 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="31011D06" w14:textId="62F117F5" w:rsidR="008C69B0" w:rsidRPr="00EC0077" w:rsidRDefault="00C370F9" w:rsidP="00C32CF7">
+    <w:p w14:paraId="31011D06" w14:textId="1C93BA50" w:rsidR="008C69B0" w:rsidRPr="00EC0077" w:rsidRDefault="00C370F9" w:rsidP="00C32CF7">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>ANMELD</w:t>
       </w:r>
       <w:r w:rsidR="00041FD5" w:rsidRPr="00EC0077">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>EFORMULAR</w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF" w:rsidRPr="00EC0077">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
@@ -83,51 +83,51 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Der/dem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>HSK-Koordinator:in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zustellen (Liste im Anhang)</w:t>
+        <w:t xml:space="preserve"> zustellen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12C34C52" w14:textId="77777777" w:rsidR="008B4523" w:rsidRPr="00EC0077" w:rsidRDefault="008B4523" w:rsidP="00041FD5">
       <w:pPr>
         <w:pStyle w:val="04titreprincipalouobjetnormal"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="695390CC" w14:textId="77777777" w:rsidR="00041FD5" w:rsidRPr="008F5F7F" w:rsidRDefault="00041FD5" w:rsidP="00041FD5">
       <w:pPr>
         <w:pStyle w:val="04titreprincipalouobjetnormal"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F7F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Kurs in „Heimatlicher Sprache und Kultur“ (HSK-</w:t>
       </w:r>
@@ -157,129 +157,246 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4523">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Nastava materinskog jezika i domovinske kulture (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>HSK</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4523">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Hrvatski)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4146599F" w14:textId="77777777" w:rsidR="008B4523" w:rsidRPr="008B4523" w:rsidRDefault="00041FD5" w:rsidP="008B4523">
+    <w:p w14:paraId="4146599F" w14:textId="23F82AF6" w:rsidR="008B4523" w:rsidRPr="002C484A" w:rsidRDefault="00041FD5" w:rsidP="008B4523">
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:rPr>
-          <w:rtl/>
-          <w:lang w:val="de-CH"/>
+          <w:i/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041FD5">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrsprachige Kinder haben die Möglichkeit, zusätzlich </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0077">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>zum deutschsprachigen</w:t>
       </w:r>
       <w:r w:rsidRPr="00041FD5">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Klassenunterricht, Kurse in ihrer Herkunftssprache und Kultur zu besuchen (HSK). Die Eltern können sie für diese Kurse einschreiben. Die Einschreibung ist gültig für das folgende Schulja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>hr und die kommenden Schuljahre</w:t>
       </w:r>
       <w:r w:rsidR="00760EC8" w:rsidRPr="00041FD5">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Die jährlichen K</w:t>
+      </w:r>
+      <w:r w:rsidR="00403C6D">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ursk</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>osten betragen 200 CHF</w:t>
+      </w:r>
+      <w:r w:rsidR="00403C6D">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pro Kind</w:t>
+      </w:r>
+      <w:r w:rsidR="004775A3">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Bei zwei </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>oder mehr Kinder</w:t>
+      </w:r>
+      <w:r w:rsidR="004765B3">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004765B3">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>pro</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Familie </w:t>
+      </w:r>
+      <w:r w:rsidR="004765B3">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>gilt ein Pauschalbetrag</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> von 250 CHF pro Schuljahr. Die unten aufgeführten </w:t>
+      </w:r>
+      <w:r w:rsidR="00850727">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Informationen</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> werden vertraulich behandelt und dienen ausschlie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35671">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0FD9" w:rsidRPr="007F0FD9">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>lich schulischen Zwecken.</w:t>
       </w:r>
       <w:r w:rsidR="008B4523">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008B4523" w:rsidRPr="008B4523">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Višejezična djeca, kao dodatak svom školovanju na </w:t>
       </w:r>
       <w:r w:rsidR="00EC0077">
         <w:rPr>
           <w:i/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>njemačkom</w:t>
       </w:r>
       <w:r w:rsidR="008B4523" w:rsidRPr="008B4523">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> jeziku, imaju mogućnost pohađati nastavu na svom materinskom jeziku. </w:t>
       </w:r>
       <w:r w:rsidR="008B4523" w:rsidRPr="00211637">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Upisuju ih njihovi roditelji. Upis vrijedi za sljedeću školsku godinu te godine koje slijede.</w:t>
       </w:r>
       <w:r w:rsidR="00BA3BFF" w:rsidRPr="008B4523">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:i/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65E13" w:rsidRPr="00E2784A">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Troškovi po djetetu godišnje iznose 200 CHF, a za dvoje ili više djece unutar jedne obitelji plaća se jedinstveni iznos od 250 CHF za jednu školsku godinu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65E13">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65E13" w:rsidRPr="00E2784A">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Dolje navedeni podatci povjerljivo se obrađuju i služe isključivo u školske svrhe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E8F304" w14:textId="77777777" w:rsidR="00166311" w:rsidRPr="008B4523" w:rsidRDefault="00041FD5" w:rsidP="008B4523">
       <w:pPr>
         <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4523">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Die Träger der Kurse informieren die Eltern vor Kursbeginn über den Kursort, den Kurstag und die Kurszeit.</w:t>
       </w:r>
       <w:r w:rsidR="008B4523">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008B4523" w:rsidRPr="00154BD3">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -489,58 +606,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C370F9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C370F9">
+            <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F7F" w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F5F7F" w14:paraId="273CE43C" w14:textId="77777777" w:rsidTr="005C4B38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="66D882ED" w14:textId="77777777" w:rsidR="008F5F7F" w:rsidRPr="008B4523" w:rsidRDefault="00041FD5" w:rsidP="00CB63FC">
@@ -1527,58 +1644,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C370F9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C370F9">
+            <w:r w:rsidRPr="00FB58DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="49F7FA04" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="00166311" w:rsidRDefault="00B327FA" w:rsidP="00222574">
             <w:pPr>
               <w:tabs>
@@ -1757,78 +1874,80 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Postleitzahl</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D5C33CC" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="008B4523" w:rsidRDefault="008B4523" w:rsidP="008B4523">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="4395"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Poštanski broj</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="153BFEB7" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="00FB58DB" w:rsidRDefault="00B327FA" w:rsidP="00960098">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
@@ -1930,79 +2049,81 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67BFA580" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="008B4523" w:rsidRDefault="008B4523" w:rsidP="008B4523">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mjesto stanovanja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3E3D022E" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="00FB58DB" w:rsidRDefault="00B327FA" w:rsidP="00960098">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB58DB">
@@ -2378,51 +2499,50 @@
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="77D5E848" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="008B4523" w:rsidRDefault="00041FD5" w:rsidP="00960098">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Erstsprache des Kindes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="643CFC54" w14:textId="77777777" w:rsidR="00B327FA" w:rsidRPr="008B4523" w:rsidRDefault="008B4523" w:rsidP="008B4523">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9637"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94FF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Prvi jezik učenika</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2738,51 +2858,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36B57B65" w14:textId="77777777" w:rsidR="00203E18" w:rsidRPr="008B4523" w:rsidRDefault="00203E18" w:rsidP="008B4523">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="de-CH" w:bidi="ar-SY"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B4BB14C" w14:textId="77777777" w:rsidR="00BA3BFF" w:rsidRPr="00BA3BFF" w:rsidRDefault="00C370F9" w:rsidP="008B4523">
+    <w:p w14:paraId="6B4BB14C" w14:textId="77777777" w:rsidR="00BA3BFF" w:rsidRPr="00BA3BFF" w:rsidRDefault="00000000" w:rsidP="008B4523">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9637"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:bidi="ar-SY"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:bidi="ar-SY"/>
         </w:rPr>
         <w:pict w14:anchorId="21B3D007">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
@@ -2792,70 +2912,70 @@
       <w:pPr>
         <w:pStyle w:val="07atexteprincipal"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D06207" w:rsidRPr="007D7FFC" w:rsidSect="008F5F7F">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="426" w:left="1418" w:header="652" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BA3192E" w14:textId="77777777" w:rsidR="007D66A0" w:rsidRDefault="007D66A0" w:rsidP="00822F08">
+    <w:p w14:paraId="3FF5E492" w14:textId="77777777" w:rsidR="00333538" w:rsidRDefault="00333538" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C31E887" w14:textId="77777777" w:rsidR="007D66A0" w:rsidRDefault="007D66A0" w:rsidP="00822F08">
+    <w:p w14:paraId="7B6783EF" w14:textId="77777777" w:rsidR="00333538" w:rsidRDefault="00333538" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2886,51 +3006,51 @@
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha">
     <w:panose1 w:val="02000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C1DE2E3" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5196215D" w14:textId="77777777" w:rsidR="0072717B" w:rsidRPr="00BF50CB" w:rsidRDefault="0072717B" w:rsidP="0072717B">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="74962934" w14:textId="77777777" w:rsidR="007D7FFC" w:rsidRPr="00BF50CB" w:rsidRDefault="007D7FFC" w:rsidP="007D7FFC">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t xml:space="preserve">Direction de </w:t>
     </w:r>
     <w:r>
@@ -2967,51 +3087,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>Bildung und kulturelle Angelegenheiten</w:t>
     </w:r>
     <w:r w:rsidRPr="00BF50CB">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="175217DD" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00BF50CB" w:rsidRDefault="009937BE" w:rsidP="00041EA2">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="63208E5D" w14:textId="77777777" w:rsidR="007D7FFC" w:rsidRPr="00BF50CB" w:rsidRDefault="007D7FFC" w:rsidP="007D7FFC">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF50CB">
       <w:t xml:space="preserve">Direction de </w:t>
     </w:r>
     <w:r>
       <w:t>la formation et des affaires culturelles</w:t>
     </w:r>
     <w:r w:rsidRPr="00BF50CB">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
@@ -3050,70 +3170,70 @@
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="74B27805" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00041EA2" w:rsidRDefault="009937BE" w:rsidP="00C11400">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A406EF8" w14:textId="77777777" w:rsidR="007D66A0" w:rsidRDefault="007D66A0" w:rsidP="00822F08">
+    <w:p w14:paraId="62423778" w14:textId="77777777" w:rsidR="00333538" w:rsidRDefault="00333538" w:rsidP="00822F08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11BAE6A6" w14:textId="77777777" w:rsidR="007D66A0" w:rsidRDefault="007D66A0" w:rsidP="00822F08">
+    <w:p w14:paraId="1B58DA8F" w14:textId="77777777" w:rsidR="00333538" w:rsidRDefault="00333538" w:rsidP="00822F08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9298" w:type="dxa"/>
       <w:tblInd w:w="341" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="009937BE" w14:paraId="70C7736C" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
@@ -3260,51 +3380,51 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00380309">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="0064336A">
             <w:rPr>
               <w:b w:val="0"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="009937BE">
             <w:rPr>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:lang w:eastAsia="fr-CH"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="461AAFBA" wp14:editId="08D43F27">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="461AAFBA" wp14:editId="08D43F27">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>-215265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116205" cy="220980"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
@@ -3322,51 +3442,51 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2EA3E31B" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE" w:rsidP="00C11400"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="009937BE" w:rsidRPr="004A0F2D" w14:paraId="1BE48B73" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4704BEDD" w14:textId="77777777" w:rsidR="009937BE" w:rsidRPr="00AA545D" w:rsidRDefault="009937BE" w:rsidP="00822F08">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
@@ -3484,125 +3604,135 @@
           <w:r>
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="005A0357">
             <w:rPr>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:t>SEnOF</w:t>
           </w:r>
           <w:r w:rsidRPr="005A0357">
             <w:rPr>
               <w:b/>
               <w:lang w:val="de-CH"/>
             </w:rPr>
             <w:br/>
           </w:r>
         </w:p>
         <w:p w14:paraId="670340D2" w14:textId="7ACC1F38" w:rsidR="004D7084" w:rsidRPr="00C370F9" w:rsidRDefault="004D7084" w:rsidP="004D7084">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00C370F9">
-            <w:t>Mariahilfstrasse 2, 1712 Tafers</w:t>
+            <w:t>Mariahilfstrasse</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C370F9">
+            <w:t xml:space="preserve"> 2, 1712 </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C370F9">
+            <w:t>Tafers</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00C370F9">
             <w:br/>
             <w:t>T +41 26 305 40 80</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="02DAB87F" w14:textId="72BF245A" w:rsidR="009937BE" w:rsidRPr="00763C19" w:rsidRDefault="00C370F9" w:rsidP="004D7084">
+        <w:p w14:paraId="02DAB87F" w14:textId="72BF245A" w:rsidR="009937BE" w:rsidRPr="00763C19" w:rsidRDefault="007D7FFC" w:rsidP="004D7084">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:color w:val="auto"/>
               <w:u w:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
-            <w:r w:rsidR="007D7FFC" w:rsidRPr="00C370F9">
+            <w:r w:rsidRPr="00C370F9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>www.fr.ch/d</w:t>
             </w:r>
-            <w:r w:rsidR="007D7FFC" w:rsidRPr="00C02D99">
+            <w:r w:rsidRPr="00C02D99">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>oa</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="004D7084" w:rsidRPr="00C370F9">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0033058A">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00763C19">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="29C66DCF" w14:textId="77777777" w:rsidR="009937BE" w:rsidRDefault="009937BE" w:rsidP="00CA0DF7"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="ecusson"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="297CE232"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -5944,310 +6074,328 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="696588186">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1184050958">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1396512991">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1063483441">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1232232358">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1226645605">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32CF7"/>
     <w:rsid w:val="000008C3"/>
+    <w:rsid w:val="000137B4"/>
     <w:rsid w:val="00027764"/>
     <w:rsid w:val="00027CA7"/>
     <w:rsid w:val="00041808"/>
     <w:rsid w:val="00041909"/>
     <w:rsid w:val="00041EA2"/>
     <w:rsid w:val="00041FD5"/>
     <w:rsid w:val="00043F13"/>
     <w:rsid w:val="0008343D"/>
     <w:rsid w:val="00097A55"/>
     <w:rsid w:val="000B3132"/>
     <w:rsid w:val="000B4629"/>
     <w:rsid w:val="00102FE4"/>
     <w:rsid w:val="00115FF7"/>
     <w:rsid w:val="00122D7D"/>
     <w:rsid w:val="00142074"/>
     <w:rsid w:val="001625B8"/>
     <w:rsid w:val="00166311"/>
     <w:rsid w:val="001B6FAC"/>
     <w:rsid w:val="001E320E"/>
     <w:rsid w:val="001E5376"/>
     <w:rsid w:val="001F4FE9"/>
     <w:rsid w:val="00203E18"/>
     <w:rsid w:val="00205220"/>
     <w:rsid w:val="00211637"/>
     <w:rsid w:val="0021694D"/>
     <w:rsid w:val="002513B4"/>
     <w:rsid w:val="00274E60"/>
     <w:rsid w:val="002815CF"/>
     <w:rsid w:val="002B239F"/>
+    <w:rsid w:val="002C484A"/>
     <w:rsid w:val="002C7120"/>
     <w:rsid w:val="002D49D0"/>
     <w:rsid w:val="002E1185"/>
     <w:rsid w:val="002F3E35"/>
     <w:rsid w:val="002F7A28"/>
+    <w:rsid w:val="003017B8"/>
+    <w:rsid w:val="00302221"/>
     <w:rsid w:val="00324F84"/>
     <w:rsid w:val="0033058A"/>
+    <w:rsid w:val="00333538"/>
     <w:rsid w:val="00337104"/>
     <w:rsid w:val="00343A87"/>
     <w:rsid w:val="00347AEE"/>
     <w:rsid w:val="00357F13"/>
     <w:rsid w:val="00360D7D"/>
     <w:rsid w:val="00372F68"/>
     <w:rsid w:val="00380309"/>
     <w:rsid w:val="003861FD"/>
     <w:rsid w:val="003A6EDC"/>
     <w:rsid w:val="003B6CC2"/>
     <w:rsid w:val="003D156D"/>
     <w:rsid w:val="003F53ED"/>
     <w:rsid w:val="004024F9"/>
+    <w:rsid w:val="00403C6D"/>
     <w:rsid w:val="00421866"/>
+    <w:rsid w:val="004311D9"/>
     <w:rsid w:val="00447F1E"/>
     <w:rsid w:val="00457502"/>
+    <w:rsid w:val="004765B3"/>
+    <w:rsid w:val="004775A3"/>
     <w:rsid w:val="004969A2"/>
     <w:rsid w:val="004B41E5"/>
     <w:rsid w:val="004D5C95"/>
     <w:rsid w:val="004D7084"/>
     <w:rsid w:val="00510C96"/>
     <w:rsid w:val="00575057"/>
     <w:rsid w:val="00597A17"/>
     <w:rsid w:val="005A6552"/>
     <w:rsid w:val="005B369F"/>
     <w:rsid w:val="005C4B38"/>
     <w:rsid w:val="005E1E97"/>
     <w:rsid w:val="005E3E2C"/>
     <w:rsid w:val="005E62E6"/>
     <w:rsid w:val="005F5C64"/>
     <w:rsid w:val="006137C6"/>
     <w:rsid w:val="006279F2"/>
     <w:rsid w:val="00627B76"/>
     <w:rsid w:val="00632FCE"/>
     <w:rsid w:val="00633234"/>
     <w:rsid w:val="00635EA8"/>
     <w:rsid w:val="0065184D"/>
     <w:rsid w:val="006830A4"/>
     <w:rsid w:val="006860C0"/>
     <w:rsid w:val="006A678E"/>
     <w:rsid w:val="006B18A2"/>
     <w:rsid w:val="006C5810"/>
     <w:rsid w:val="006D17EF"/>
     <w:rsid w:val="006D640F"/>
     <w:rsid w:val="006F07C5"/>
     <w:rsid w:val="00711836"/>
     <w:rsid w:val="00724E6F"/>
     <w:rsid w:val="0072717B"/>
     <w:rsid w:val="00731C99"/>
     <w:rsid w:val="00736F75"/>
     <w:rsid w:val="00755F59"/>
     <w:rsid w:val="00760EC8"/>
     <w:rsid w:val="00763C19"/>
     <w:rsid w:val="00772169"/>
     <w:rsid w:val="007805FB"/>
     <w:rsid w:val="0078559C"/>
     <w:rsid w:val="00790D12"/>
     <w:rsid w:val="007B0D82"/>
+    <w:rsid w:val="007B5761"/>
     <w:rsid w:val="007C01BE"/>
     <w:rsid w:val="007C21AA"/>
     <w:rsid w:val="007C3D12"/>
     <w:rsid w:val="007D66A0"/>
     <w:rsid w:val="007D7FFC"/>
     <w:rsid w:val="007E7A07"/>
+    <w:rsid w:val="007F0FD9"/>
     <w:rsid w:val="007F77BC"/>
     <w:rsid w:val="00822F08"/>
+    <w:rsid w:val="00850727"/>
     <w:rsid w:val="00885047"/>
     <w:rsid w:val="008A0000"/>
     <w:rsid w:val="008B4523"/>
     <w:rsid w:val="008C17B2"/>
     <w:rsid w:val="008C32A3"/>
     <w:rsid w:val="008C69B0"/>
     <w:rsid w:val="008D0559"/>
     <w:rsid w:val="008E0403"/>
     <w:rsid w:val="008E4918"/>
     <w:rsid w:val="008E598C"/>
     <w:rsid w:val="008F0585"/>
     <w:rsid w:val="008F2539"/>
     <w:rsid w:val="008F5F7F"/>
     <w:rsid w:val="008F71CC"/>
     <w:rsid w:val="00986B20"/>
     <w:rsid w:val="009937BE"/>
     <w:rsid w:val="00995D8A"/>
     <w:rsid w:val="009D49ED"/>
     <w:rsid w:val="009D4EC0"/>
     <w:rsid w:val="009E7BEB"/>
     <w:rsid w:val="00A01C0B"/>
     <w:rsid w:val="00A11242"/>
     <w:rsid w:val="00A219A8"/>
+    <w:rsid w:val="00A4266D"/>
     <w:rsid w:val="00A42ABF"/>
     <w:rsid w:val="00A460F3"/>
     <w:rsid w:val="00A50D48"/>
     <w:rsid w:val="00A525B6"/>
     <w:rsid w:val="00A7327B"/>
     <w:rsid w:val="00A73657"/>
     <w:rsid w:val="00AC201A"/>
     <w:rsid w:val="00AC24C4"/>
     <w:rsid w:val="00AC5867"/>
+    <w:rsid w:val="00AE1D64"/>
     <w:rsid w:val="00AF5D28"/>
     <w:rsid w:val="00B0093F"/>
     <w:rsid w:val="00B16E27"/>
     <w:rsid w:val="00B24C60"/>
     <w:rsid w:val="00B327FA"/>
+    <w:rsid w:val="00B35671"/>
+    <w:rsid w:val="00B65E13"/>
     <w:rsid w:val="00B73F81"/>
     <w:rsid w:val="00B748D9"/>
     <w:rsid w:val="00B76FA3"/>
     <w:rsid w:val="00B92A93"/>
     <w:rsid w:val="00B93B03"/>
     <w:rsid w:val="00B94EF4"/>
     <w:rsid w:val="00BA3BFF"/>
     <w:rsid w:val="00BB5CDC"/>
     <w:rsid w:val="00BD03BD"/>
     <w:rsid w:val="00BD043B"/>
     <w:rsid w:val="00BD2B10"/>
     <w:rsid w:val="00BE5CD3"/>
     <w:rsid w:val="00BF6248"/>
     <w:rsid w:val="00C03476"/>
     <w:rsid w:val="00C11400"/>
     <w:rsid w:val="00C14D8A"/>
     <w:rsid w:val="00C32CF7"/>
     <w:rsid w:val="00C370F9"/>
     <w:rsid w:val="00C439BD"/>
     <w:rsid w:val="00C77297"/>
     <w:rsid w:val="00C86E66"/>
     <w:rsid w:val="00CA0DF7"/>
     <w:rsid w:val="00CB0EB9"/>
     <w:rsid w:val="00CB63FC"/>
     <w:rsid w:val="00CD4BB3"/>
     <w:rsid w:val="00D06207"/>
     <w:rsid w:val="00D34CC3"/>
     <w:rsid w:val="00D4030D"/>
     <w:rsid w:val="00D51694"/>
     <w:rsid w:val="00DA4C32"/>
     <w:rsid w:val="00DB46D0"/>
     <w:rsid w:val="00DB6779"/>
     <w:rsid w:val="00DC4220"/>
     <w:rsid w:val="00DD58C2"/>
     <w:rsid w:val="00DE15EE"/>
     <w:rsid w:val="00DF24C9"/>
     <w:rsid w:val="00E24A5D"/>
     <w:rsid w:val="00E82B9E"/>
     <w:rsid w:val="00E875BA"/>
     <w:rsid w:val="00E87CF2"/>
     <w:rsid w:val="00EC0077"/>
     <w:rsid w:val="00EC5A21"/>
     <w:rsid w:val="00ED1DB8"/>
     <w:rsid w:val="00ED1E28"/>
+    <w:rsid w:val="00EF526D"/>
     <w:rsid w:val="00F13FFE"/>
     <w:rsid w:val="00F16915"/>
     <w:rsid w:val="00F264EB"/>
     <w:rsid w:val="00F711DE"/>
     <w:rsid w:val="00F82B94"/>
+    <w:rsid w:val="00F86BF4"/>
     <w:rsid w:val="00FA1673"/>
     <w:rsid w:val="00FB58DB"/>
     <w:rsid w:val="00FC223A"/>
     <w:rsid w:val="00FC6088"/>
     <w:rsid w:val="00FD1CC2"/>
     <w:rsid w:val="00FE21DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:bidi="ta-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="44D0071C"/>
   <w15:docId w15:val="{A7DEE78A-A1C9-4242-B204-13E6CD58DD1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7328,51 +7476,51 @@
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D7FFC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1032993279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -7676,65 +7824,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6455b11c-ba34-410d-8c6a-32bfc9959fab">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="af61a408-0ce3-49be-8151-8ed024b7efa5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6455b11c-ba34-410d-8c6a-32bfc9959fab" xmlns:ns3="af61a408-0ce3-49be-8151-8ed024b7efa5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be95a4dde3fcc19eab8ebcd0d1ef9677" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FD389CD5566B9348976D3681DFE8B521" ma:contentTypeVersion="18" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="146c794b3a3811bb11cf04c512408045">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6455b11c-ba34-410d-8c6a-32bfc9959fab" xmlns:ns3="af61a408-0ce3-49be-8151-8ed024b7efa5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dbd7453a35e4cc6d212a859b880f3de1" ns2:_="" ns3:_="">
     <xsd:import namespace="6455b11c-ba34-410d-8c6a-32bfc9959fab"/>
     <xsd:import namespace="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -7943,119 +8078,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50DC57B5-BDE8-4F10-BD23-4EAA32CED228}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="49cc0094-dde3-4354-8375-a021715e117c"/>
-    <ds:schemaRef ds:uri="41fedba5-5431-4545-9dd3-5f022a6b80a6"/>
+    <ds:schemaRef ds:uri="6455b11c-ba34-410d-8c6a-32bfc9959fab"/>
+    <ds:schemaRef ds:uri="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E58D31C-EFD1-40DE-BAF6-2A07CA271DA6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{370203A0-F303-4D76-94A9-0CE2B055D410}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6455b11c-ba34-410d-8c6a-32bfc9959fab"/>
+    <ds:schemaRef ds:uri="af61a408-0ce3-49be-8151-8ed024b7efa5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EA7FEAB-D72B-4CE7-83C3-56AE455EB9EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88AF90AF-BD42-407A-AD17-F09C97070B58}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E58D31C-EFD1-40DE-BAF6-2A07CA271DA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>234</Words>
-  <Characters>1478</Characters>
+  <Words>278</Words>
+  <Characters>1666</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>66</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Général_portrait</vt:lpstr>
       <vt:lpstr>Général_portrait</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MACMAC Media SA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1709</CharactersWithSpaces>
+  <CharactersWithSpaces>1902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Général_portrait</dc:title>
   <dc:creator>catillazl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FD389CD5566B9348976D3681DFE8B521</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>