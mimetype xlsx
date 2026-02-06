--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2024/de/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2025/de/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{79ABC6B4-B50E-4DF4-9380-9D28119380DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1180172A-C788-461C-8A3E-DB94FAA4625B}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{79ABC6B4-B50E-4DF4-9380-9D28119380DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{57DA2F68-E5F3-43BA-A471-8D5074CB4035}"/>
   <bookViews>
     <workbookView xWindow="-118" yWindow="-118" windowWidth="25370" windowHeight="13667" xr2:uid="{85ADBFD4-EF7A-46F1-8E1E-869FA63F4D06}"/>
   </bookViews>
   <sheets>
     <sheet name="Begleitung zu Hause" sheetId="1" r:id="rId1"/>
     <sheet name="Begleitung im Unternehmen" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -506,51 +506,51 @@
         <family val="2"/>
       </rPr>
       <t>(= Begleitung)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>In folgendem Format einzugeben:
 Stunden:Minuten, z.B. 12:01</t>
     </r>
   </si>
   <si>
-    <t>vom 01.01.2024 bis 31.12.2024</t>
+    <t>vom 01.01.2025 bis 31.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_ &quot;fr.&quot;\ * #,##0.00_ ;_ &quot;fr.&quot;\ * \-#,##0.00_ ;_ &quot;fr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="hh/mm&quot; h&quot;;@"/>
     <numFmt numFmtId="166" formatCode="[h]:\ mm;\ @"/>
     <numFmt numFmtId="167" formatCode="[$CHF]\ #,##0.00"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>