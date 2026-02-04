--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="672EF639" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00F72935">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:ind w:left="8222" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:t>Réf. : 124</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA8E5C4" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00355EF2">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D8349BF" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
@@ -170,76 +170,76 @@
     </w:p>
     <w:p w14:paraId="42B9EBDE" w14:textId="34910D75" w:rsidR="00BC7520" w:rsidRDefault="00BC7520" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t>1752 Villars-sur-Glâne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D40FC2C" w14:textId="6778EB73" w:rsidR="009E34CC" w:rsidRDefault="00F15AE2" w:rsidP="000A172E">
+    <w:p w14:paraId="3D40FC2C" w14:textId="6778EB73" w:rsidR="009E34CC" w:rsidRDefault="00BC7520" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00BC7520" w:rsidRPr="007314A9">
+        <w:r w:rsidRPr="007314A9">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
             <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
           </w:rPr>
           <w:t>administration.slppi@edufr.ch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BC7520">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DF3AA4" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00AC1BDF">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FD973BA" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009E34CC">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-424"/>
       </w:pPr>
       <w:r w:rsidRPr="00423FA2">
         <w:t>Demande</w:t>
       </w:r>
       <w:r>
@@ -274,185 +274,182 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3292"/>
         <w:gridCol w:w="3384"/>
         <w:gridCol w:w="3530"/>
       </w:tblGrid>
       <w:tr w:rsidR="00203B64" w:rsidRPr="00B06D15" w14:paraId="214B5A11" w14:textId="09AB0889" w:rsidTr="00203B64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47AE30CD" w14:textId="5A33E616" w:rsidR="00203B64" w:rsidRPr="00B06D15" w:rsidRDefault="00203B64" w:rsidP="004B4D9A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00941027">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Psyc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">hologie  </w:t>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3384" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0092F847" w14:textId="5434E77B" w:rsidR="00203B64" w:rsidRPr="00B06D15" w:rsidRDefault="00203B64" w:rsidP="00BA4EF7">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00203B64">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Logopédie</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01731E4E" w14:textId="4BFB9BBD" w:rsidR="00203B64" w:rsidRPr="00203B64" w:rsidRDefault="00203B64" w:rsidP="00203B64">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00203B64">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Psychomotricité</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20D8D77F" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00AC1BDF" w:rsidRDefault="005B4229" w:rsidP="00AC1BDF">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39CFE2AD" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00C97C95" w:rsidRDefault="005B4229" w:rsidP="00AC1BDF">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
@@ -2107,79 +2104,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DFA6B10" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="006324F3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AEA24F1" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="006324F3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
@@ -2840,79 +2837,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="257BC4F5" w14:textId="77777777" w:rsidR="00203B64" w:rsidRDefault="00203B64" w:rsidP="00F163C9">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E92651E" w14:textId="77777777" w:rsidR="00203B64" w:rsidRDefault="00203B64" w:rsidP="00F163C9">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
@@ -4457,95 +4454,95 @@
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B5B4A8D" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="CaseACocher1"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7847FC9A" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="CaseACocher2"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB2AA09" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
@@ -4657,93 +4654,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50DCFE64" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4918314C" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40280AD3" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -4852,93 +4849,93 @@
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E3D5082" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="614643F2" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA98802" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5047,93 +5044,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FBE7D19" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D1F2A2" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="365626CA" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5242,93 +5239,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="171BBBA7" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DFAB8A8" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368AC758" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5437,93 +5434,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1977D1E5" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24BBFCE9" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F15AE2">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE22B65" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -6855,76 +6852,76 @@
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ce document a été rempli avec l’aide de l’enseignant-e : </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F15AE2">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oui  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F15AE2">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E669914" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A71BBA">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="210B82C9" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A71BBA">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -7035,51 +7032,130 @@
           <w:b/>
         </w:rPr>
         <w:t>Autorisation de communiquer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF2F216" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00941649" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Par leur signature, le-s représentant-s légal-aux donne-nt leur accord afin que les données récoltées dans le cadre de l’examen sollicité ainsi que le traitement thérapeutique puissent être échangées avec d’autres professionnels-lles (enseignant, responsable d’établissement, autres spécialistes concernés), pour autant que celles-ci soient nécessaires ou utiles à l’accompagnement de l’enfant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323E4196" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00274DB7" w:rsidRDefault="005B4229" w:rsidP="00197692">
+    <w:p w14:paraId="405BF469" w14:textId="77777777" w:rsidR="00397F64" w:rsidRPr="006B2C79" w:rsidRDefault="00397F64" w:rsidP="00397F64">
+      <w:pPr>
+        <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Clôture de suivi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BC424D" w14:textId="77777777" w:rsidR="00397F64" w:rsidRPr="006B2C79" w:rsidRDefault="00397F64" w:rsidP="00397F64">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fin de thérapie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2C79">
+        <w:t> : Une fois l’intervention achevée, les parents peuvent solliciter une réouverture du suivi dans un délai de 12 mois. Au-delà de ce délai, un nouveau signalement est requis, via une Fiche 124.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B485BDD" w14:textId="77777777" w:rsidR="00397F64" w:rsidRPr="00941649" w:rsidRDefault="00397F64" w:rsidP="00397F64">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Archivage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2C79">
+        <w:t>: Après 12 mois sans intervention thérapeutique, le dossier de l’enfant est archivé pour une durée de conservation de 10 ans.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B4B4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67018519" w14:textId="77777777" w:rsidR="00397F64" w:rsidRPr="00397F64" w:rsidRDefault="00397F64" w:rsidP="00197692">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323E4196" w14:textId="07CD389D" w:rsidR="005B4229" w:rsidRPr="00274DB7" w:rsidRDefault="005B4229" w:rsidP="00197692">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Date et signatures des représentants légaux. </w:t>
       </w:r>
       <w:r w:rsidRPr="00274DB7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Si les parents partagent l’aut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -7199,131 +7275,145 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signatures : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52876349" w14:textId="607AB61A" w:rsidR="005B4229" w:rsidRPr="00001779" w:rsidRDefault="005B4229" w:rsidP="009B0196">
+    <w:p w14:paraId="2F148D6A" w14:textId="77777777" w:rsidR="00397F64" w:rsidRDefault="00397F64">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52876349" w14:textId="4D3CC313" w:rsidR="005B4229" w:rsidRPr="00001779" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00001779">
+        <w:lastRenderedPageBreak/>
         <w:t>Décision et remarques de la d</w:t>
       </w:r>
       <w:r>
         <w:t>irection des SLPP</w:t>
       </w:r>
       <w:r w:rsidR="00BC7520">
         <w:t>I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF8DBCF" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="004D684A">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="7461"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Accord pour la gratuité :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F15AE2">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oui</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F15AE2">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C156A72" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CA14D82" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
@@ -7787,132 +7877,132 @@
       </w:r>
       <w:r w:rsidRPr="00F4749F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4749F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>psychologie et psychomotricité informe la direction d’établissement de sa décision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E4C912" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00F4749F" w:rsidRDefault="005B4229" w:rsidP="00327839">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7502822A" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRDefault="00F15AE2" w:rsidP="005B4229"/>
-    <w:sectPr w:rsidR="00623590" w:rsidSect="00F72935">
+    <w:sectPr w:rsidR="00F15AE2" w:rsidSect="00F72935">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="709" w:right="843" w:bottom="804" w:left="991" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4E725B1D" w14:textId="77777777" w:rsidR="000E2998" w:rsidRDefault="000E2998">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6654A1D7" w14:textId="77777777" w:rsidR="000E2998" w:rsidRDefault="000E2998">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS UI Gothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="53204D60" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRPr="00F0324F" w:rsidRDefault="00DF7635" w:rsidP="00A928E1">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F0324F">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="78C250E2" w14:textId="77777777" w:rsidR="0033662B" w:rsidRPr="00695A2F" w:rsidRDefault="0033662B" w:rsidP="0033662B">
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
@@ -7941,70 +8031,70 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6689CC24" w14:textId="77777777" w:rsidR="000E2998" w:rsidRDefault="000E2998">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D2FBD3A" w14:textId="77777777" w:rsidR="000E2998" w:rsidRDefault="000E2998">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="19079" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5529"/>
       <w:gridCol w:w="4252"/>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="00190E80" w14:paraId="47D8802F" w14:textId="77777777" w:rsidTr="00190E80">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -8210,73 +8300,73 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="2F436723" w14:textId="2AD16D3A" w:rsidR="00190E80" w:rsidRPr="0064336A" w:rsidRDefault="00190E80" w:rsidP="00190E80">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="57BA5614" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRDefault="00F15AE2" w:rsidP="00A928E1"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A928E1" w:rsidRPr="004A0F2D" w14:paraId="72ECCF7C" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="65CEA43F" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRPr="00F0324F" w:rsidRDefault="00F15AE2" w:rsidP="00A928E1">
+        <w:p w14:paraId="65CEA43F" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRPr="00F0324F" w:rsidRDefault="00932DE0" w:rsidP="00A928E1">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:spacing w:after="180"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:pict w14:anchorId="213F9C16">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
@@ -8393,138 +8483,141 @@
             <w:t xml:space="preserve">scolaire </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="723EEBE6" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRPr="005C57EB" w:rsidRDefault="00DF7635" w:rsidP="00A928E1">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00804CA6">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Schulinspektorat</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="01E0CED9" w14:textId="77777777" w:rsidR="00F15AE2" w:rsidRDefault="00F15AE2" w:rsidP="00A928E1"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+qAlS7wh0pih9vCFtcCqj9KxvFvIQcq9BlTkNVvJ1Bcr2WlU5L2kZDuekeWni5qgX9yZMXfm+AqxwI78vEI5iA==" w:salt="biP4hPPugwqpPlmVNtC1Yw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="v98O/dKCsFxl4Zj3cmkOcwJIU2lsO5VQpNHJACxA0y6hzBjly6bO+Cuk2l8Mdk0LM7OhfXN9rc2XBWCIXZ4VPQ==" w:salt="oE7Sso3hISxuWAgDjcNZOw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B4229"/>
     <w:rsid w:val="000A1EAE"/>
     <w:rsid w:val="000E2998"/>
     <w:rsid w:val="0017215B"/>
     <w:rsid w:val="00190E80"/>
     <w:rsid w:val="00203B64"/>
     <w:rsid w:val="00257A12"/>
     <w:rsid w:val="002B47AD"/>
     <w:rsid w:val="0033662B"/>
+    <w:rsid w:val="00397F64"/>
     <w:rsid w:val="00527832"/>
+    <w:rsid w:val="00570997"/>
     <w:rsid w:val="005B4229"/>
     <w:rsid w:val="005E04ED"/>
     <w:rsid w:val="005F7994"/>
     <w:rsid w:val="007E001F"/>
+    <w:rsid w:val="00932DE0"/>
     <w:rsid w:val="00991D02"/>
     <w:rsid w:val="009E34CC"/>
     <w:rsid w:val="00B212BA"/>
     <w:rsid w:val="00B36E06"/>
     <w:rsid w:val="00B4442E"/>
     <w:rsid w:val="00BC7520"/>
     <w:rsid w:val="00BF70C3"/>
     <w:rsid w:val="00C23ACD"/>
     <w:rsid w:val="00DF7635"/>
     <w:rsid w:val="00F15AE2"/>
     <w:rsid w:val="00F72935"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="473BD15E"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6B1101DB-57F0-E34D-A6AE-C2A6930F55E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9092,51 +9185,51 @@
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00190E80"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00991D02"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:administration.slppi@edufr.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Bureau">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -9389,72 +9482,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EF91AC5-2160-4B3A-B65E-38277FB99828}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>865</Words>
-  <Characters>4758</Characters>
+  <Words>892</Words>
+  <Characters>5096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>318</Lines>
+  <Paragraphs>260</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5612</CharactersWithSpaces>
+  <CharactersWithSpaces>5728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jean-François Beaud</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>