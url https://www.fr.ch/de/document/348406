--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="672EF639" w14:textId="3CC05F36" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00F72935">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:ind w:left="8222" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:t>Réf. : 12</w:t>
       </w:r>
       <w:r w:rsidR="00627F56">
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA8E5C4" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00355EF2">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D8349BF" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
@@ -131,66 +131,66 @@
     </w:p>
     <w:p w14:paraId="7E5DB6B6" w14:textId="0634ACA2" w:rsidR="005B4229" w:rsidRPr="000A172E" w:rsidRDefault="00FE3737" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t>1680 Romont</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C377061" w14:textId="6D9713E7" w:rsidR="005B4229" w:rsidRDefault="00FB06CF" w:rsidP="000A172E">
+    <w:p w14:paraId="6C377061" w14:textId="6D9713E7" w:rsidR="005B4229" w:rsidRDefault="000632C0" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="000632C0" w:rsidRPr="00F77B60">
+        <w:r w:rsidRPr="00F77B60">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
             <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
           </w:rPr>
           <w:t>administration.slpp-gv@edufr.ch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4D514F41" w14:textId="77777777" w:rsidR="00FE3737" w:rsidRDefault="00FE3737" w:rsidP="000A172E">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -246,179 +246,176 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3292"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="3494"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E74BD" w:rsidRPr="00B06D15" w14:paraId="214B5A11" w14:textId="2159435A" w:rsidTr="004E74BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47AE30CD" w14:textId="5A33E616" w:rsidR="004E74BD" w:rsidRPr="00B06D15" w:rsidRDefault="004E74BD" w:rsidP="004B4D9A">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00941027">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Psyc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">hologie  </w:t>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0092F847" w14:textId="6525A5DE" w:rsidR="004E74BD" w:rsidRPr="004E74BD" w:rsidRDefault="004E74BD" w:rsidP="00BA4EF7">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Logopédie </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78798F56" w14:textId="76CC1AAF" w:rsidR="004E74BD" w:rsidRPr="004E74BD" w:rsidRDefault="004E74BD" w:rsidP="004E74BD">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Psychomotricité </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20D8D77F" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00AC1BDF" w:rsidRDefault="005B4229" w:rsidP="00AC1BDF">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39CFE2AD" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00C97C95" w:rsidRDefault="005B4229" w:rsidP="00AC1BDF">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
@@ -2075,79 +2072,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DFA6B10" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="006324F3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AEA24F1" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="006324F3">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
@@ -2547,55 +2544,53 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B4229" w14:paraId="0950B787" w14:textId="77777777" w:rsidTr="006324F3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FDA1786" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>E-Mail</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CC56AF0" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -2810,79 +2805,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Autorité parentale </w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5578798D" w14:textId="09DBEF2B" w:rsidR="00FA5435" w:rsidRDefault="00FA5435" w:rsidP="00F163C9">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5572E909" w14:textId="3462E2C0" w:rsidR="00FA5435" w:rsidRDefault="00FA5435" w:rsidP="00F163C9">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:spacing w:after="0"/>
@@ -3162,55 +3157,53 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B93890">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B4229" w:rsidRPr="003C214B" w14:paraId="11CA10AB" w14:textId="77777777" w:rsidTr="00E728F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3961CEFD" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="003C214B" w:rsidRDefault="005B4229" w:rsidP="00EB6CE4">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>E-Mail</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="784E9566" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00B93890" w:rsidRDefault="005B4229" w:rsidP="00EB6CE4">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="00B93890">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B93890">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B93890">
@@ -3975,55 +3968,53 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B4229" w:rsidRPr="00B06D15" w14:paraId="7F449BDA" w14:textId="77777777" w:rsidTr="00B06D15">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A03F177" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00B06D15" w:rsidRDefault="005B4229" w:rsidP="00EB6CE4">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B06D15">
               <w:t>E-Mail</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545322D1" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00B06D15" w:rsidRDefault="005B4229" w:rsidP="00EB6CE4">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r w:rsidRPr="00B06D15">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B06D15">
@@ -4422,95 +4413,95 @@
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B5B4A8D" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="CaseACocher1"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7847FC9A" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="CaseACocher2"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB2AA09" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
@@ -4622,93 +4613,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50DCFE64" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4918314C" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40280AD3" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -4817,93 +4808,93 @@
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E3D5082" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="614643F2" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA98802" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5012,93 +5003,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FBE7D19" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D1F2A2" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="365626CA" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5207,93 +5198,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="171BBBA7" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DFAB8A8" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368AC758" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -5402,93 +5393,93 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1977D1E5" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SLPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24BBFCE9" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB06CF">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> privé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE22B65" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
             <w:pPr>
               <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
             </w:pPr>
@@ -6820,76 +6811,76 @@
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ce document a été rempli avec l’aide de l’enseignant-e : </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FB06CF">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oui  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FB06CF">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E669914" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A71BBA">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="210B82C9" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A71BBA">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -7000,129 +6991,201 @@
           <w:b/>
         </w:rPr>
         <w:t>Autorisation de communiquer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF2F216" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00941649" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Par leur signature, le-s représentant-s légal-aux donne-nt leur accord afin que les données récoltées dans le cadre de l’examen sollicité ainsi que le traitement thérapeutique puissent être échangées avec d’autres professionnels-lles (enseignant, responsable d’établissement, autres spécialistes concernés), pour autant que celles-ci soient nécessaires ou utiles à l’accompagnement de l’enfant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323E4196" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00274DB7" w:rsidRDefault="005B4229" w:rsidP="00197692">
+    <w:p w14:paraId="6A6B35A2" w14:textId="6FE09C37" w:rsidR="000B4B4E" w:rsidRPr="006B2C79" w:rsidRDefault="000B4B4E" w:rsidP="000B4B4E">
+      <w:pPr>
+        <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk220314054"/>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Clôture de suivi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC0727A" w14:textId="77777777" w:rsidR="000B4B4E" w:rsidRPr="006B2C79" w:rsidRDefault="000B4B4E" w:rsidP="000B4B4E">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fin de thérapie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2C79">
+        <w:t> : Une fois l’intervention achevée, les parents peuvent solliciter une réouverture du suivi dans un délai de 12 mois. Au-delà de ce délai, un nouveau signalement est requis, via une Fiche 124.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF57686" w14:textId="1D7580E6" w:rsidR="000B4B4E" w:rsidRPr="00941649" w:rsidRDefault="000B4B4E" w:rsidP="000B4B4E">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2C79">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Archivage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2C79">
+        <w:t>: Après 12 mois sans intervention thérapeutique, le dossier de l’enfant est archivé pour une durée de conservation de 10 ans.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B4B4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="323E4196" w14:textId="50DEE0AE" w:rsidR="005B4229" w:rsidRPr="00274DB7" w:rsidRDefault="005B4229" w:rsidP="00197692">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9637"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Date et signatures des représentants légaux. </w:t>
       </w:r>
       <w:r w:rsidRPr="00274DB7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Si les parents partagent l’aut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>orité parentale, mais ne vivent</w:t>
       </w:r>
       <w:r w:rsidRPr="00274DB7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> pas ensemble, la signature des deux est nécessaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1966DA42" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00197692">
-[...10 lines deleted...]
-    <w:p w14:paraId="19CFC363" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="004D684A">
+    <w:p w14:paraId="535478E5" w14:textId="77777777" w:rsidR="000B4B4E" w:rsidRDefault="000B4B4E" w:rsidP="004D684A">
       <w:pPr>
         <w:pStyle w:val="06atexteprincipal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="6663"/>
           <w:tab w:val="left" w:pos="7371"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19CFC363" w14:textId="26562EF7" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="004D684A">
+      <w:pPr>
+        <w:pStyle w:val="06atexteprincipal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="6663"/>
+          <w:tab w:val="left" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Date : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Texte7"/>
+      <w:bookmarkStart w:id="7" w:name="Texte7"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -7137,155 +7200,169 @@
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signatures : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52876349" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00001779" w:rsidRDefault="005B4229" w:rsidP="009B0196">
+    <w:p w14:paraId="5F53A10C" w14:textId="77777777" w:rsidR="000B4B4E" w:rsidRDefault="000B4B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52876349" w14:textId="3FDEBF09" w:rsidR="005B4229" w:rsidRPr="00001779" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00001779">
+        <w:lastRenderedPageBreak/>
         <w:t>Décision et remarques de la d</w:t>
       </w:r>
       <w:r>
         <w:t>irection des SLPP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF8DBCF" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="004D684A">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="7461"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Accord pour la gratuité :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FB06CF">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oui</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FB06CF">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C156A72" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CA14D82" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
@@ -7374,91 +7451,91 @@
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="004D684A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Date :</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Texte8"/>
+      <w:bookmarkStart w:id="8" w:name="Texte8"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Signature : </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2533A906" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="009B0196">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="4" w:color="auto"/>
         </w:pBdr>
@@ -7496,74 +7573,88 @@
         </w:rPr>
         <w:t xml:space="preserve">Information de la </w:t>
       </w:r>
       <w:r w:rsidRPr="00001779">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>décision :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD29553" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084478D">
         <w:rPr>
           <w:b/>
           <w:color w:val="76923C"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB768E4" w14:textId="0DA2E3DE" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
+    <w:p w14:paraId="5BB768E4" w14:textId="7D8C5CE1" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-        <w:t>-</w:t>
-[...2 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidR="005206C5">
-        <w:t>Directeur-trice d’établissement primaire</w:t>
-[...2 lines deleted...]
-        <w:t>/Directeur-trice de CO</w:t>
+        <w:t>Directeur-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005206C5">
+        <w:t>trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005206C5">
+        <w:t xml:space="preserve"> d’établissement primaire</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/Directeur-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de CO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263FE791" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
+    <w:p w14:paraId="263FE791" w14:textId="0CD431E1" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00A928E1">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Les parents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA37F5D" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00327839">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2759FCE3" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="00327839">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42474BBC" w14:textId="77777777" w:rsidR="005B4229" w:rsidRDefault="005B4229" w:rsidP="003A6399">
       <w:pPr>
         <w:pStyle w:val="05titreprincipalouobjetgras"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
       </w:pPr>
       <w:r>
@@ -7764,117 +7855,117 @@
     </w:p>
     <w:p w14:paraId="45E4C912" w14:textId="77777777" w:rsidR="005B4229" w:rsidRPr="00F4749F" w:rsidRDefault="005B4229" w:rsidP="00327839">
       <w:pPr>
         <w:pStyle w:val="07btexteprincipalsansespacebloc"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7502822A" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRDefault="006F4B92" w:rsidP="005B4229"/>
     <w:sectPr w:rsidR="006F4B92" w:rsidSect="00F72935">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="709" w:right="843" w:bottom="804" w:left="991" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EAD105C" w14:textId="77777777" w:rsidR="004B3100" w:rsidRDefault="004B3100">
+    <w:p w14:paraId="7163584D" w14:textId="77777777" w:rsidR="00652A20" w:rsidRDefault="00652A20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B07DAD4" w14:textId="77777777" w:rsidR="004B3100" w:rsidRDefault="004B3100">
+    <w:p w14:paraId="1F0FE30F" w14:textId="77777777" w:rsidR="00652A20" w:rsidRDefault="00652A20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS UI Gothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="53204D60" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRPr="00F0324F" w:rsidRDefault="00DF7635" w:rsidP="00A928E1">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F0324F">
       <w:rPr>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="65CD4460" w14:textId="77777777" w:rsidR="00824E75" w:rsidRPr="00695A2F" w:rsidRDefault="00824E75" w:rsidP="00824E75">
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
@@ -7903,70 +7994,70 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Bildung und kulturelle Angelegenheiten </w:t>
     </w:r>
     <w:r w:rsidRPr="00695A2F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>BKAD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02E1B239" w14:textId="77777777" w:rsidR="004B3100" w:rsidRDefault="004B3100">
+    <w:p w14:paraId="36356FBA" w14:textId="77777777" w:rsidR="00652A20" w:rsidRDefault="00652A20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A5EE798" w14:textId="77777777" w:rsidR="004B3100" w:rsidRDefault="004B3100">
+    <w:p w14:paraId="56DD99FB" w14:textId="77777777" w:rsidR="00652A20" w:rsidRDefault="00652A20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="19079" w:type="dxa"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5529"/>
       <w:gridCol w:w="4252"/>
       <w:gridCol w:w="9298"/>
     </w:tblGrid>
     <w:tr w:rsidR="00190E80" w14:paraId="47D8802F" w14:textId="77777777" w:rsidTr="00190E80">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -8172,107 +8263,107 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9298" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="2F436723" w14:textId="2AD16D3A" w:rsidR="00190E80" w:rsidRPr="0064336A" w:rsidRDefault="00190E80" w:rsidP="00190E80">
           <w:pPr>
             <w:pStyle w:val="09enttepage2"/>
             <w:rPr>
               <w:rStyle w:val="Numrodepage"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="57BA5614" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRDefault="006F4B92" w:rsidP="00A928E1"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5500"/>
       <w:gridCol w:w="4139"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A928E1" w:rsidRPr="004A0F2D" w14:paraId="72ECCF7C" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1701"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5500" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="65CEA43F" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRPr="00F0324F" w:rsidRDefault="00FB06CF" w:rsidP="00A928E1">
+        <w:p w14:paraId="65CEA43F" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRPr="00F0324F" w:rsidRDefault="00457486" w:rsidP="00A928E1">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:spacing w:after="180"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:pict w14:anchorId="213F9C16">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Image 4" o:spid="_x0000_s2049" type="#_x0000_t75" alt="logo_fr_300.jpg" style="position:absolute;margin-left:-.25pt;margin-top:.05pt;width:73.7pt;height:62.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page">
+              <v:shape id="Image 4" o:spid="_x0000_s1025" type="#_x0000_t75" alt="logo_fr_300.jpg" style="position:absolute;margin-left:-.25pt;margin-top:.05pt;width:73.7pt;height:62.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page">
                 <v:imagedata r:id="rId1" o:title="logo_fr_300"/>
                 <o:lock v:ext="edit" cropping="t" verticies="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4139" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="437FFC06" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRDefault="00DF7635" w:rsidP="00A928E1">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00804CA6">
             <w:rPr>
               <w:b/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
@@ -8355,148 +8446,156 @@
             <w:t xml:space="preserve">scolaire </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="723EEBE6" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRPr="005C57EB" w:rsidRDefault="00DF7635" w:rsidP="00A928E1">
           <w:pPr>
             <w:pStyle w:val="01entteetbasdepage"/>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00804CA6">
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Schulinspektorat</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="01E0CED9" w14:textId="77777777" w:rsidR="006F4B92" w:rsidRDefault="006F4B92" w:rsidP="00A928E1"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yT1OtYbXcJWwxri+8HP9tjuss1Dcqrbmaw/KMdQSNDBC4rLvaRcxehuBP9JCnzjF+nAZGYQLGqvi/T9p9t65BA==" w:salt="HEkEK5Exq2upoakuTqbv4A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fV4VbScoZY5S77Qzvublj6Mum5aGbXWRrhLXvsuX5YZnoxcNAxkhZxhBlwFKw/XGqypURNOLKYHT5T3UFik3JQ==" w:salt="J1QmwqJyYtwgPJFPJw72bw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B4229"/>
     <w:rsid w:val="000632C0"/>
     <w:rsid w:val="0008259B"/>
     <w:rsid w:val="000A1EAE"/>
+    <w:rsid w:val="000B4B4E"/>
     <w:rsid w:val="00190E80"/>
     <w:rsid w:val="00257A12"/>
     <w:rsid w:val="003B7E1C"/>
     <w:rsid w:val="00446DD5"/>
+    <w:rsid w:val="00457486"/>
     <w:rsid w:val="0046008A"/>
     <w:rsid w:val="004B3100"/>
     <w:rsid w:val="004E74BD"/>
     <w:rsid w:val="005206C5"/>
     <w:rsid w:val="00527832"/>
+    <w:rsid w:val="00570997"/>
     <w:rsid w:val="005B4229"/>
     <w:rsid w:val="005E04ED"/>
     <w:rsid w:val="005F7994"/>
     <w:rsid w:val="00627F56"/>
+    <w:rsid w:val="00652A20"/>
+    <w:rsid w:val="006B2C79"/>
     <w:rsid w:val="006F4B92"/>
     <w:rsid w:val="007178CF"/>
     <w:rsid w:val="00824E75"/>
     <w:rsid w:val="00A129D0"/>
     <w:rsid w:val="00A83729"/>
     <w:rsid w:val="00B11B53"/>
     <w:rsid w:val="00B212BA"/>
     <w:rsid w:val="00B36E06"/>
     <w:rsid w:val="00B4442E"/>
     <w:rsid w:val="00CF3278"/>
     <w:rsid w:val="00DB3AE8"/>
     <w:rsid w:val="00DF7635"/>
+    <w:rsid w:val="00E63277"/>
     <w:rsid w:val="00E972E9"/>
+    <w:rsid w:val="00F23943"/>
+    <w:rsid w:val="00F51033"/>
     <w:rsid w:val="00F72935"/>
     <w:rsid w:val="00FA5435"/>
     <w:rsid w:val="00FB06CF"/>
     <w:rsid w:val="00FE3737"/>
     <w:rsid w:val="00FE6C0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="473BD15E"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6B1101DB-57F0-E34D-A6AE-C2A6930F55E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9076,51 +9175,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A83729"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A83729"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:administration.slpp-gv@edufr.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Bureau">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -9376,69 +9475,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EF91AC5-2160-4B3A-B65E-38277FB99828}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>862</Words>
-  <Characters>4747</Characters>
+  <Words>889</Words>
+  <Characters>5082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>317</Lines>
+  <Paragraphs>259</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5598</CharactersWithSpaces>
+  <CharactersWithSpaces>5712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jean-François Beaud</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>