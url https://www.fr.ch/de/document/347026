--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2024/fr/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://etatfr-my.sharepoint.com/personal/andreas_piller_fr_ch/Documents/Budget_Comptes_Revisionen_GAV_Weiterbildung/Budget_Comptes/Comptes/Comptes 2025/de/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="35" documentId="13_ncr:1_{F527B703-90F9-4A99-A1CA-78399518008B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B3BC75D7-9B92-4ABB-AE11-1C8C86DEB9FB}"/>
+  <xr:revisionPtr revIDLastSave="40" documentId="13_ncr:1_{F527B703-90F9-4A99-A1CA-78399518008B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{63BDA774-1001-4433-AA3C-43D0F97F3A05}"/>
   <bookViews>
-    <workbookView xWindow="-118" yWindow="-118" windowWidth="25370" windowHeight="13667" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-118" yWindow="-118" windowWidth="25370" windowHeight="13667" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foyer" sheetId="4" r:id="rId1"/>
     <sheet name="Atelier" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Foyer!$A$1:$N$170</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Atelier!$4:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Foyer!$A:$C,Foyer!$14:$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -6865,61 +6865,61 @@
     <t>Commune de domicile</t>
   </si>
   <si>
     <t>interne / externe</t>
   </si>
   <si>
     <t>Date
 d'entrée</t>
   </si>
   <si>
     <t>Date de sortie</t>
   </si>
   <si>
     <t>Heures de travail</t>
   </si>
   <si>
     <t>Heures rémunérées</t>
   </si>
   <si>
     <t>Salaires AVS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>ANNEE : 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Tous les chiffres saisis dans EDISES doivent correspondre à la réalité (par ex. : jours d'ouverture par année, heures d'ouverture par jour).
 Définition des heures travaillées (dans les ateliers pour les personnes en situation de handicap) : les heures travaillées correspondent aux heures de présence effective, càd qu’elles n’incluent pas les vacances, fériés, maladies, accidents, ni les pauses midis. Ainsi, les taux d'encadrement et d'occupation seront correctement calculés. 
 Les heures travaillées ne sont pas égales aux heures rémunérées.</t>
   </si>
   <si>
     <t>Die in EDISES eingegebenen Zahlen müssen mit der Realität übereinstimmen (z. B.  Anzahl der offenen Tage pro Jahr; offene Stunden pro Tag).
 Definition der geleisteten Arbeitsstunden (in den Werkstätten für Menschen mit Behinderungen): die geleisteten Arbeitsstunden entsprechen den effektiven Präsenzstunden, d.h. diese beinhalten nicht Ferien, Feiertage, Krankheit, Unfall, sowie auch nicht die Mittagspause. Dadurch werden die Betreuungs- und Belegungsgrade richtig sein.
 Die geleisteten Arbeitsstunden sind nicht gleich die entschädigten Stunden.</t>
+  </si>
+  <si>
+    <t>ANNEE : 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_ &quot;SFr.&quot;\ * #,##0.00_ ;_ &quot;SFr.&quot;\ * \-#,##0.00_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
     <numFmt numFmtId="166" formatCode="d/m"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
@@ -8650,51 +8650,51 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BV179"/>
   <sheetViews>
-    <sheetView showZeros="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.45" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13" style="102" customWidth="1"/>
     <col min="2" max="2" width="9.875" style="102" customWidth="1"/>
     <col min="3" max="3" width="7" style="102" customWidth="1"/>
     <col min="4" max="6" width="5.625" style="102" customWidth="1"/>
     <col min="7" max="8" width="8.5" style="102" customWidth="1"/>
     <col min="9" max="9" width="8.125" customWidth="1" collapsed="1"/>
     <col min="10" max="10" width="8.125" customWidth="1"/>
     <col min="11" max="13" width="6" customWidth="1"/>
     <col min="14" max="14" width="13.5" customWidth="1"/>
     <col min="15" max="15" width="4.875" customWidth="1"/>
     <col min="16" max="16" width="6.375" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="5.875" customWidth="1"/>
     <col min="19" max="19" width="8.625" customWidth="1"/>
     <col min="20" max="20" width="4.875" customWidth="1"/>
     <col min="21" max="21" width="6.375" customWidth="1"/>
     <col min="22" max="22" width="4" customWidth="1"/>
     <col min="23" max="23" width="5.875" customWidth="1"/>
     <col min="24" max="24" width="8.625" customWidth="1"/>
     <col min="25" max="25" width="4.875" customWidth="1"/>
@@ -8822,51 +8822,51 @@
       <c r="N4" s="8"/>
     </row>
     <row r="5" spans="1:74" s="2" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="4"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="6"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="N5" s="8"/>
     </row>
     <row r="6" spans="1:74" s="2" customFormat="1" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="F6" s="10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" s="11"/>
       <c r="I6" s="12"/>
       <c r="J6" s="7"/>
       <c r="N6" s="8"/>
     </row>
     <row r="7" spans="1:74" s="2" customFormat="1" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="11"/>
       <c r="I7" s="14" t="str">
         <f>IF(I6="","",(IF((I6&gt;=140),131,I6-9)))</f>
         <v/>
       </c>
       <c r="J7" s="7"/>
       <c r="N7" s="8"/>
     </row>
@@ -40656,51 +40656,51 @@
       <c r="BV168" s="74" t="str">
         <f t="shared" si="214"/>
         <v/>
       </c>
     </row>
     <row r="169" spans="1:74" s="2" customFormat="1" ht="11.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B169" s="3"/>
       <c r="C169" s="4"/>
       <c r="D169" s="5"/>
       <c r="E169" s="5"/>
       <c r="F169" s="91"/>
       <c r="G169" s="8"/>
       <c r="H169" s="6"/>
       <c r="I169" s="7"/>
       <c r="J169" s="7"/>
       <c r="K169" s="92"/>
       <c r="L169" s="92"/>
       <c r="N169" s="93"/>
     </row>
     <row r="170" spans="1:74" s="101" customFormat="1" ht="11.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A170" s="118" t="s">
         <v>44</v>
       </c>
       <c r="B170" s="3">
         <f>F6</f>
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C170" s="2"/>
       <c r="D170" s="2"/>
       <c r="E170" s="2"/>
       <c r="F170" s="119">
         <f>SUM(F16:F168)</f>
         <v>0</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
       <c r="I170" s="2"/>
       <c r="J170" s="2"/>
       <c r="K170" s="117">
         <f t="shared" ref="K170:AP170" si="215">SUM(K16:K168)</f>
         <v>0</v>
       </c>
       <c r="L170" s="94">
         <f t="shared" si="215"/>
         <v>0</v>
       </c>
       <c r="M170" s="94">
         <f t="shared" si="215"/>
         <v>0</v>
       </c>
       <c r="N170" s="95">
@@ -41012,133 +41012,133 @@
     <row r="178" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="179" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="10">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="K14:N14"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="D1:N1"/>
     <mergeCell ref="D3:N3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="1.08" bottom="0.68" header="0.32" footer="0.34"/>
   <pageSetup paperSize="9" scale="75" fitToWidth="3" fitToHeight="4" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;L&amp;16SERVICE DE LA
 PREVOYANCE SOCIALE&amp;C&amp;16STATISTIQUES DE REVISION
 ADULTES FOYERS/APPARTEMENTS/CENTRES DE JOUR
 &amp;R&amp;16COMPTES
-EXERCICE 2024
+EXERCICE 2025
 </oddHeader>
     <oddFooter>&amp;L&amp;8&amp;D
 &amp;R&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L169"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="10.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5" style="122" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.625" style="122" customWidth="1"/>
     <col min="3" max="3" width="16.5" style="123" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.625" style="124" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5" style="124" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.5" style="124" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8.5" style="124" customWidth="1"/>
     <col min="8" max="8" width="8.625" style="124" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.875" style="124" customWidth="1"/>
     <col min="10" max="10" width="8.5" style="124" customWidth="1"/>
     <col min="11" max="11" width="11.375" style="124" customWidth="1"/>
     <col min="12" max="12" width="15.5" style="124" customWidth="1"/>
     <col min="13" max="16384" width="11.5" style="124"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="185" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B1" s="185"/>
       <c r="C1" s="185"/>
       <c r="D1" s="185"/>
       <c r="E1" s="185"/>
       <c r="F1" s="185"/>
       <c r="G1" s="185"/>
       <c r="H1" s="185"/>
       <c r="I1" s="185"/>
       <c r="J1" s="185"/>
       <c r="K1" s="185"/>
       <c r="L1" s="185"/>
     </row>
     <row r="2" spans="1:12" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="185" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B2" s="185"/>
       <c r="C2" s="185"/>
       <c r="D2" s="185"/>
       <c r="E2" s="185"/>
       <c r="F2" s="185"/>
       <c r="G2" s="185"/>
       <c r="H2" s="185"/>
       <c r="I2" s="185"/>
       <c r="J2" s="185"/>
       <c r="K2" s="185"/>
       <c r="L2" s="185"/>
     </row>
     <row r="4" spans="1:12" ht="25.55" x14ac:dyDescent="0.2">
       <c r="A4" s="160" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="161"/>
       <c r="C4" s="162"/>
       <c r="D4" s="163"/>
       <c r="E4" s="163"/>
       <c r="F4" s="163"/>
       <c r="G4" s="163"/>
       <c r="H4" s="163"/>
       <c r="I4" s="158"/>
       <c r="J4" s="158"/>
       <c r="K4" s="159" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L4" s="158"/>
     </row>
     <row r="5" spans="1:12" ht="10" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="160"/>
       <c r="B5" s="161"/>
       <c r="C5" s="162"/>
       <c r="D5" s="163"/>
       <c r="E5" s="163"/>
       <c r="F5" s="163"/>
       <c r="G5" s="163"/>
       <c r="H5" s="163"/>
       <c r="I5" s="158"/>
       <c r="J5" s="158"/>
       <c r="K5" s="159"/>
       <c r="L5" s="158"/>
     </row>
     <row r="6" spans="1:12" ht="11.3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="178"/>
       <c r="B6" s="179"/>
       <c r="C6" s="179"/>
       <c r="D6" s="179"/>
       <c r="E6" s="125"/>
       <c r="F6" s="125"/>
       <c r="G6" s="125"/>