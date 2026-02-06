--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="62A0EA2C" w14:textId="77777777" w:rsidR="006D75D4" w:rsidRDefault="006D75D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="006D75D4" w:rsidSect="00DC087F">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="737" w:right="737" w:bottom="1134" w:left="964" w:header="568" w:footer="441" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52447505" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:ind w:left="7797"/>
         <w:outlineLvl w:val="0"/>
@@ -61,95 +61,95 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72A99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Anhang 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274A3542" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E9E2CA" w14:textId="28F11B76" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
+    <w:p w14:paraId="64E9E2CA" w14:textId="2F1ED993" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72A99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Rechnungslegun</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>g 20</w:t>
       </w:r>
       <w:r w:rsidR="00972DB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A62DD">
+      <w:r w:rsidR="0079130C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BAE59F6" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ABE38DC" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
@@ -555,164 +555,155 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:sectPr w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidSect="00DC087F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="737" w:right="737" w:bottom="1134" w:left="964" w:header="568" w:footer="441" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FB6E865" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76FE2AAD" w14:textId="43E6E364" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
+    <w:p w14:paraId="76FE2AAD" w14:textId="448EA185" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72A99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Alle untenstehenden Unterlagen si</w:t>
       </w:r>
       <w:r w:rsidR="002A03B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">nd bis zum 30. April </w:t>
       </w:r>
       <w:r w:rsidR="0009400F" w:rsidRPr="003E2C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00E5066D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A62DD">
+      <w:r w:rsidR="0079130C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidR="0009400F" w:rsidRPr="00F72A99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>dem SV</w:t>
       </w:r>
       <w:r w:rsidRPr="00F72A99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>A zu senden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB833B3" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="04A81B9D" w14:textId="77777777" w:rsidTr="00EE295B">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="04A81B9D" w14:textId="77777777" w:rsidTr="00EE295B">
         <w:trPr>
           <w:trHeight w:val="714"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28A40F74" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="007637C7" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -1357,51 +1348,51 @@
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
             <w:r w:rsidR="004F7D36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Bericht EDISES „Abrechnung Einheit“</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="6F2BB470" w14:textId="77777777" w:rsidTr="00EE295B">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="6F2BB470" w14:textId="77777777" w:rsidTr="00EE295B">
         <w:trPr>
           <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0626680D" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="009B21F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -3499,51 +3490,51 @@
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>in elektronischer Form übermittelt werden.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="4237"/>
         <w:gridCol w:w="439"/>
         <w:gridCol w:w="4687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="5400EBE7" w14:textId="77777777" w:rsidTr="00AA14D6">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="5400EBE7" w14:textId="77777777" w:rsidTr="00AA14D6">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="465EC19B" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="007637C7" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -3726,51 +3717,51 @@
             <w:r w:rsidR="00A900E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Bericht EDISES „Erfolgsrechnung Total“</w:t>
             </w:r>
             <w:r w:rsidR="00A900E4" w:rsidRPr="00A04ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>, Rechnung vs. Voranschlag</w:t>
             </w:r>
             <w:r w:rsidRPr="00A04ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="563741B6" w14:textId="77777777" w:rsidTr="00AA14D6">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="563741B6" w14:textId="77777777" w:rsidTr="00AA14D6">
         <w:trPr>
           <w:trHeight w:val="1010"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4266EE23" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:tcBorders>
@@ -3982,51 +3973,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">* Tabelle der Abweichungen zwischen den tatsächlichen und den im Voranschlag </w:t>
             </w:r>
             <w:r w:rsidR="00BC0D73" w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>genehmigten</w:t>
             </w:r>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> Investitionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="7A22718C" w14:textId="77777777" w:rsidTr="00AA14D6">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="7A22718C" w14:textId="77777777" w:rsidTr="00AA14D6">
         <w:trPr>
           <w:trHeight w:val="982"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20E0CDD1" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:tcBorders>
@@ -4216,51 +4207,51 @@
           <w:p w14:paraId="48582F7C" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00AA14D6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="459" w:right="167" w:hanging="404"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>* Tabelle der effektiven Abschreibungen mit der Aufstellung der tatsächlichen Investitionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="31FD85BE" w14:textId="77777777" w:rsidTr="00AA14D6">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="31FD85BE" w14:textId="77777777" w:rsidTr="00AA14D6">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="166B0F55" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:tcBorders>
@@ -4497,51 +4488,51 @@
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">spätestens bis zum 30. Juni </w:t>
             </w:r>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>des auf den zu prüfenden Jahresabschluss folgenden Jahres einzureichen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="291F3D71" w14:textId="77777777" w:rsidTr="00AA14D6">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="291F3D71" w14:textId="77777777" w:rsidTr="00AA14D6">
         <w:trPr>
           <w:trHeight w:val="924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6600A0CA" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00AA14D6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
@@ -5083,51 +5074,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60CE9B7D" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10003" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="80" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5042"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="1CFD55BB" w14:textId="77777777" w:rsidTr="009B21F7">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="1CFD55BB" w14:textId="77777777" w:rsidTr="009B21F7">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="712FFF4C" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="009B21F7">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Ort und Datum: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F72A99">
@@ -5142,51 +5133,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5961EE3C" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="009B21F7">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72A99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
               <w:t>Unterschrift der Direktorin / des Direktors:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153B79" w:rsidRPr="000A62DD" w14:paraId="7CC9CC8B" w14:textId="77777777" w:rsidTr="009B21F7">
+      <w:tr w:rsidR="00153B79" w:rsidRPr="0079130C" w14:paraId="7CC9CC8B" w14:textId="77777777" w:rsidTr="009B21F7">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DCEA9EC" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="009B21F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C59850C" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00F72A99" w:rsidRDefault="00153B79" w:rsidP="009B21F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="de-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5996,70 +5987,70 @@
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C30D413" w14:textId="77777777" w:rsidR="00153B79" w:rsidRPr="00D11FE7" w:rsidRDefault="00153B79" w:rsidP="00153B79">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18449CE5" w14:textId="77777777" w:rsidR="006D75D4" w:rsidRDefault="006D75D4"/>
     <w:sectPr w:rsidR="006D75D4" w:rsidSect="003E3816">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="737" w:right="737" w:bottom="1134" w:left="964" w:header="1134" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="130B275C" w14:textId="77777777" w:rsidR="003E4DA4" w:rsidRDefault="003E4DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2DF1B383" w14:textId="77777777" w:rsidR="003E4DA4" w:rsidRDefault="003E4DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -6077,110 +6068,110 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="413DD1A9" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="007637C7">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C269F9">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C269F9">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BA10ED7" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="00C269F9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CA592C1" w14:textId="77777777" w:rsidR="00994C75" w:rsidRDefault="00994C75">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F1EC754" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRPr="003E0C17" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>—</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4AD1A6E6" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRPr="003E0C17" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
@@ -6198,119 +6189,119 @@
   <w:p w14:paraId="67FCA709" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRPr="00D51E8F" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t xml:space="preserve">Direktion für Gesundheit und Soziales </w:t>
     </w:r>
     <w:r w:rsidRPr="003E0C17">
       <w:rPr>
         <w:b/>
         <w:lang w:val="de-CH"/>
       </w:rPr>
       <w:t>GSD</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1B43B551" w14:textId="77777777" w:rsidR="003E4DA4" w:rsidRDefault="003E4DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F8F99C7" w14:textId="77777777" w:rsidR="003E4DA4" w:rsidRDefault="003E4DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45869CB6" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="007637C7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C269F9">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C269F9">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5836DBB1" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="00C269F9">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="77FC6E46" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="000F5799" w:rsidP="002D0455">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="397"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AA6F372" wp14:editId="41D614C3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>619760</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>396240</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="116205" cy="220980"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="ecusson_seite_2_300.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -6505,51 +6496,51 @@
   </w:p>
   <w:p w14:paraId="7F4D54E9" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="54BF7763" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRPr="00BB3B14" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="09enttepage2"/>
       <w:ind w:left="993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52F8B13F" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRPr="003E0C17" w:rsidRDefault="000F5799" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:ind w:left="7230"/>
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BD67FDB" wp14:editId="3EF3B3A6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>615315</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>384175</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="935990" cy="795655"/>
@@ -6702,51 +6693,51 @@
     <w:r>
       <w:t>T +41 26 305 29 68</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2A9060C6" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
       <w:ind w:left="7230"/>
     </w:pPr>
     <w:r>
       <w:t>www.fr.ch/sps</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FDD5C53" w14:textId="77777777" w:rsidR="00C269F9" w:rsidRDefault="00C269F9" w:rsidP="00DC087F">
     <w:pPr>
       <w:pStyle w:val="01entteetbasdepage"/>
     </w:pPr>
     <w:r>
       <w:t>__________________________________________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06E07897"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD08C4E0"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9819,65 +9810,65 @@
   <w:num w:numId="18" w16cid:durableId="1034696647">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="690181430">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2063946625">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="457769740">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="175847638">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1735660821">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2107531152">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="QrzXi+1G5co2cMDBwXkOluzH/YqXqqoZSRY0k8lmSZA369Sre6ZsGb3tKNSV5oNHnWZ/SP9Y5+mhsLtHPm1T9g==" w:salt="d5Y1RwqFUOS4MEPJ3wCm2Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CrKqFJ8sc6KGSd3TOlXlAsS2oqVFxMsQd4M8Op2JDK5FmXdFNf5yNt4iGIeOait0rZW/DEkjPCzKL13TOKPiKQ==" w:salt="+y0o3exap+eFyjdFmx4j5g=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="78849"/>
+    <o:shapedefaults v:ext="edit" spidmax="80897"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00370D1A"/>
     <w:rsid w:val="0001014D"/>
     <w:rsid w:val="00021160"/>
     <w:rsid w:val="0003087E"/>
@@ -9893,50 +9884,51 @@
     <w:rsid w:val="00076DAA"/>
     <w:rsid w:val="00092398"/>
     <w:rsid w:val="00092944"/>
     <w:rsid w:val="0009400F"/>
     <w:rsid w:val="000A2114"/>
     <w:rsid w:val="000A3604"/>
     <w:rsid w:val="000A3775"/>
     <w:rsid w:val="000A62DD"/>
     <w:rsid w:val="000B0BFD"/>
     <w:rsid w:val="000B17A7"/>
     <w:rsid w:val="000C004A"/>
     <w:rsid w:val="000C1E48"/>
     <w:rsid w:val="000C326D"/>
     <w:rsid w:val="000D0283"/>
     <w:rsid w:val="000F5799"/>
     <w:rsid w:val="00100FFD"/>
     <w:rsid w:val="00103CA1"/>
     <w:rsid w:val="0010552A"/>
     <w:rsid w:val="001154EB"/>
     <w:rsid w:val="001264C4"/>
     <w:rsid w:val="00126B76"/>
     <w:rsid w:val="001305D4"/>
     <w:rsid w:val="00142524"/>
     <w:rsid w:val="00143FB2"/>
     <w:rsid w:val="0014732E"/>
+    <w:rsid w:val="00153596"/>
     <w:rsid w:val="00153B79"/>
     <w:rsid w:val="0015505A"/>
     <w:rsid w:val="00157B8F"/>
     <w:rsid w:val="00164902"/>
     <w:rsid w:val="00166038"/>
     <w:rsid w:val="00176B3C"/>
     <w:rsid w:val="00176E87"/>
     <w:rsid w:val="00187E75"/>
     <w:rsid w:val="00191D3F"/>
     <w:rsid w:val="00193225"/>
     <w:rsid w:val="00197196"/>
     <w:rsid w:val="00197C49"/>
     <w:rsid w:val="001F1263"/>
     <w:rsid w:val="001F55B1"/>
     <w:rsid w:val="00200609"/>
     <w:rsid w:val="00204F1C"/>
     <w:rsid w:val="00215F42"/>
     <w:rsid w:val="00235500"/>
     <w:rsid w:val="00237398"/>
     <w:rsid w:val="0024060C"/>
     <w:rsid w:val="00246E11"/>
     <w:rsid w:val="00247422"/>
     <w:rsid w:val="002520D4"/>
     <w:rsid w:val="002605BB"/>
     <w:rsid w:val="00264A23"/>
@@ -10053,68 +10045,70 @@
     <w:rsid w:val="00637CB9"/>
     <w:rsid w:val="00642F1D"/>
     <w:rsid w:val="00650321"/>
     <w:rsid w:val="00650558"/>
     <w:rsid w:val="0065438C"/>
     <w:rsid w:val="00656DBD"/>
     <w:rsid w:val="0065764A"/>
     <w:rsid w:val="00657FAE"/>
     <w:rsid w:val="00664E2F"/>
     <w:rsid w:val="00665B01"/>
     <w:rsid w:val="00672848"/>
     <w:rsid w:val="0067412C"/>
     <w:rsid w:val="00674514"/>
     <w:rsid w:val="0067672E"/>
     <w:rsid w:val="00683400"/>
     <w:rsid w:val="00691516"/>
     <w:rsid w:val="00691805"/>
     <w:rsid w:val="006926ED"/>
     <w:rsid w:val="006935E1"/>
     <w:rsid w:val="006A2B72"/>
     <w:rsid w:val="006A6990"/>
     <w:rsid w:val="006B2057"/>
     <w:rsid w:val="006C32C1"/>
     <w:rsid w:val="006D75D4"/>
     <w:rsid w:val="006D7699"/>
+    <w:rsid w:val="006D7B6C"/>
     <w:rsid w:val="006E4337"/>
     <w:rsid w:val="006E4DF0"/>
     <w:rsid w:val="006F04FD"/>
     <w:rsid w:val="006F352F"/>
     <w:rsid w:val="006F4021"/>
     <w:rsid w:val="00704739"/>
     <w:rsid w:val="00710B2C"/>
     <w:rsid w:val="00723D75"/>
     <w:rsid w:val="00726233"/>
     <w:rsid w:val="00733B09"/>
     <w:rsid w:val="007450EF"/>
     <w:rsid w:val="007511E7"/>
     <w:rsid w:val="007622C1"/>
     <w:rsid w:val="007637C7"/>
     <w:rsid w:val="00767CD5"/>
     <w:rsid w:val="00776778"/>
     <w:rsid w:val="007779BE"/>
     <w:rsid w:val="007840F4"/>
+    <w:rsid w:val="0079130C"/>
     <w:rsid w:val="00794346"/>
     <w:rsid w:val="00795790"/>
     <w:rsid w:val="007B3F23"/>
     <w:rsid w:val="007C5362"/>
     <w:rsid w:val="007C76DC"/>
     <w:rsid w:val="007D71AE"/>
     <w:rsid w:val="007E3A92"/>
     <w:rsid w:val="007F02DD"/>
     <w:rsid w:val="008058C1"/>
     <w:rsid w:val="0083630F"/>
     <w:rsid w:val="00836998"/>
     <w:rsid w:val="008501F4"/>
     <w:rsid w:val="00850BFF"/>
     <w:rsid w:val="00853F25"/>
     <w:rsid w:val="008609F8"/>
     <w:rsid w:val="008623E7"/>
     <w:rsid w:val="00872887"/>
     <w:rsid w:val="00877E0D"/>
     <w:rsid w:val="00882A6F"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EB5"/>
     <w:rsid w:val="008A5DDF"/>
     <w:rsid w:val="008B2E98"/>
     <w:rsid w:val="008E2C6A"/>
     <w:rsid w:val="008E3214"/>
@@ -10309,64 +10303,64 @@
     <w:rsid w:val="00FB084F"/>
     <w:rsid w:val="00FB3CA5"/>
     <w:rsid w:val="00FC43D3"/>
     <w:rsid w:val="00FC6A39"/>
     <w:rsid w:val="00FD6453"/>
     <w:rsid w:val="00FE6EA6"/>
     <w:rsid w:val="00FF4486"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="78849"/>
+    <o:shapedefaults v:ext="edit" spidmax="80897"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7030D57E"/>
   <w15:docId w15:val="{7315077E-2FCA-471E-94C3-D334D1CD8C0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10897,51 +10891,51 @@
     <w:basedOn w:val="01entteetbasdepage"/>
     <w:qFormat/>
     <w:rsid w:val="00DC087F"/>
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A86C6A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -11218,74 +11212,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8958D27-7EB5-42FB-AF8E-799F37E2E587}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>498</Words>
-  <Characters>3141</Characters>
+  <Words>476</Words>
+  <Characters>3163</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>121</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Document servant de modèle pour les lettres</vt:lpstr>
       <vt:lpstr>Document servant de modèle pour les lettres</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3632</CharactersWithSpaces>
+  <CharactersWithSpaces>3518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Document servant de modèle pour les lettres</dc:title>
   <dc:creator>ducrestbe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>