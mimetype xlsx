--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -2,85 +2,85 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Histoire et Livre CE\en ligne sur le site du CE\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92582F04-51CF-4CF9-97FB-354900F94CAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2150973F-1E14-407D-83F3-F7603B3FA5F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2520" yWindow="6820" windowWidth="28800" windowHeight="13580" firstSheet="2" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" firstSheet="2" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1848-1857_Direktionen_Parteien" sheetId="7" r:id="rId1"/>
     <sheet name="1857-1881_Direktionen_Parteien" sheetId="2" r:id="rId2"/>
     <sheet name="1881-1921_Direktionen_Parteien" sheetId="1" r:id="rId3"/>
-    <sheet name="1921-2022_Direktionen_Parteien" sheetId="11" r:id="rId4"/>
+    <sheet name="1921-2026_Direktionen_Parteien" sheetId="11" r:id="rId4"/>
     <sheet name="Tabelle1" sheetId="12" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1630" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1644" uniqueCount="368">
   <si>
     <t>Justiz, Gemeinden  u. Pfarreien</t>
   </si>
   <si>
     <t>Inneres, Industrie, Handel u.Gewerbe</t>
   </si>
   <si>
     <t>Inneres, Industrie, Handel, Gewerbe, u.Sozial-fürsorge</t>
   </si>
   <si>
     <t>Gesundheit u. Sozial-fürsorge</t>
   </si>
   <si>
     <t>Justiz, Polizei u. Militär</t>
   </si>
   <si>
     <t>Volkswirt-schaft, Verkehr u. Energie</t>
   </si>
   <si>
     <t>Inneres u. Land-wirtschaft</t>
   </si>
   <si>
     <t>Erziehung, Kultur u. Sport</t>
   </si>
   <si>
@@ -2451,51 +2451,51 @@
     <xf numFmtId="0" fontId="18" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="20" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="21" borderId="4" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="26" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="23" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="294">
+  <cellXfs count="293">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -2952,53 +2952,50 @@
     <xf numFmtId="0" fontId="3" fillId="29" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="35" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="26" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="28" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="32" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="42" xfId="32" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="26" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="26" borderId="42" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="26" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3599,52 +3596,56 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L31"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.7265625" customWidth="1"/>
     <col min="2" max="2" width="7.1796875" customWidth="1"/>
     <col min="3" max="3" width="21.1796875" customWidth="1"/>
     <col min="4" max="4" width="13.453125" customWidth="1"/>
     <col min="5" max="5" width="17.26953125" customWidth="1"/>
     <col min="6" max="6" width="20.453125" customWidth="1"/>
     <col min="7" max="7" width="14.81640625" customWidth="1"/>
     <col min="8" max="8" width="16.453125" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="24" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13" x14ac:dyDescent="0.3">
@@ -3698,329 +3699,329 @@
       <c r="C4" s="148"/>
       <c r="D4" s="149" t="s">
         <v>245</v>
       </c>
       <c r="E4" s="53" t="s">
         <v>246</v>
       </c>
       <c r="F4" s="53" t="s">
         <v>247</v>
       </c>
       <c r="G4" s="53" t="s">
         <v>248</v>
       </c>
       <c r="H4" s="53" t="s">
         <v>249</v>
       </c>
       <c r="I4" s="53" t="s">
         <v>250</v>
       </c>
       <c r="J4" s="53" t="s">
         <v>251</v>
       </c>
       <c r="K4" s="7"/>
     </row>
     <row r="5" spans="1:12" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="216" t="s">
+      <c r="A5" s="215" t="s">
         <v>301</v>
       </c>
       <c r="B5" s="158">
         <v>1848</v>
       </c>
       <c r="C5" s="148" t="s">
         <v>247</v>
       </c>
       <c r="D5" s="149" t="s">
         <v>245</v>
       </c>
       <c r="E5" s="53" t="s">
         <v>246</v>
       </c>
       <c r="F5" s="53" t="s">
         <v>252</v>
       </c>
-      <c r="G5" s="213" t="s">
+      <c r="G5" s="212" t="s">
         <v>248</v>
       </c>
       <c r="H5" s="53" t="s">
         <v>249</v>
       </c>
       <c r="I5" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J5" s="53" t="s">
         <v>100</v>
       </c>
       <c r="K5" s="8"/>
       <c r="L5" s="1"/>
     </row>
     <row r="6" spans="1:12" ht="10.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="217"/>
+      <c r="A6" s="216"/>
       <c r="B6" s="159">
         <v>1849</v>
       </c>
       <c r="C6" s="148"/>
       <c r="D6" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E6" s="150"/>
       <c r="F6" s="53" t="s">
         <v>252</v>
       </c>
-      <c r="G6" s="213"/>
+      <c r="G6" s="212"/>
       <c r="H6" s="53"/>
       <c r="I6" s="53"/>
       <c r="J6" s="53"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
     </row>
     <row r="7" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="217"/>
+      <c r="A7" s="216"/>
       <c r="B7" s="159">
         <v>1850</v>
       </c>
       <c r="C7" s="148"/>
       <c r="D7" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E7" s="150"/>
       <c r="F7" s="53" t="s">
         <v>252</v>
       </c>
       <c r="G7" s="53"/>
       <c r="H7" s="53"/>
       <c r="I7" s="53"/>
       <c r="J7" s="53"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
     </row>
     <row r="8" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="217"/>
+      <c r="A8" s="216"/>
       <c r="B8" s="159">
         <v>1851</v>
       </c>
       <c r="C8" s="148"/>
       <c r="D8" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E8" s="150"/>
       <c r="F8" s="53" t="s">
         <v>252</v>
       </c>
       <c r="G8" s="151"/>
       <c r="H8" s="53"/>
       <c r="I8" s="53"/>
       <c r="J8" s="53"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
     </row>
     <row r="9" spans="1:12" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="217"/>
+      <c r="A9" s="216"/>
       <c r="B9" s="159">
         <v>1849</v>
       </c>
       <c r="C9" s="148" t="s">
         <v>252</v>
       </c>
       <c r="D9" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E9" s="149" t="s">
         <v>101</v>
       </c>
       <c r="F9" s="53" t="s">
         <v>102</v>
       </c>
       <c r="G9" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H9" s="53" t="s">
         <v>249</v>
       </c>
       <c r="I9" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J9" s="53" t="s">
         <v>103</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
     </row>
     <row r="10" spans="1:12" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="217"/>
+      <c r="A10" s="216"/>
       <c r="B10" s="159">
         <v>1850</v>
       </c>
       <c r="C10" s="148" t="s">
         <v>249</v>
       </c>
       <c r="D10" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E10" s="53" t="s">
         <v>104</v>
       </c>
       <c r="F10" s="53" t="s">
         <v>105</v>
       </c>
       <c r="G10" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H10" s="53" t="s">
         <v>106</v>
       </c>
       <c r="I10" s="149" t="s">
         <v>253</v>
       </c>
       <c r="J10" s="53" t="s">
         <v>103</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
     </row>
     <row r="11" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="217"/>
+      <c r="A11" s="216"/>
       <c r="B11" s="159">
         <v>1851</v>
       </c>
       <c r="C11" s="148"/>
       <c r="D11" s="53" t="s">
         <v>245</v>
       </c>
       <c r="E11" s="149" t="s">
         <v>104</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>105</v>
       </c>
       <c r="G11" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H11" s="53" t="s">
         <v>107</v>
       </c>
       <c r="I11" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J11" s="53" t="s">
         <v>103</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
     </row>
     <row r="12" spans="1:12" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="217"/>
+      <c r="A12" s="216"/>
       <c r="B12" s="159">
         <v>1852</v>
       </c>
       <c r="C12" s="148" t="s">
         <v>108</v>
       </c>
       <c r="D12" s="53" t="s">
         <v>109</v>
       </c>
       <c r="E12" s="53" t="s">
         <v>110</v>
       </c>
       <c r="F12" s="149" t="s">
         <v>105</v>
       </c>
       <c r="G12" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H12" s="53" t="s">
         <v>107</v>
       </c>
       <c r="I12" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J12" s="53" t="s">
         <v>111</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
     </row>
     <row r="13" spans="1:12" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="217"/>
+      <c r="A13" s="216"/>
       <c r="B13" s="159">
         <v>1853</v>
       </c>
       <c r="C13" s="148"/>
       <c r="D13" s="53" t="s">
         <v>109</v>
       </c>
       <c r="E13" s="53" t="s">
         <v>110</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>105</v>
       </c>
       <c r="G13" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H13" s="53" t="s">
         <v>107</v>
       </c>
       <c r="I13" s="149" t="s">
         <v>253</v>
       </c>
       <c r="J13" s="53" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="217"/>
+      <c r="A14" s="216"/>
       <c r="B14" s="159">
         <v>1854</v>
       </c>
       <c r="C14" s="148" t="s">
         <v>113</v>
       </c>
       <c r="D14" s="53" t="s">
         <v>109</v>
       </c>
       <c r="E14" s="53" t="s">
         <v>114</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G14" s="151" t="s">
         <v>248</v>
       </c>
       <c r="H14" s="149" t="s">
         <v>107</v>
       </c>
       <c r="I14" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J14" s="53" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="218"/>
+      <c r="A15" s="217"/>
       <c r="B15" s="159">
         <v>1855</v>
       </c>
       <c r="C15" s="148"/>
       <c r="D15" s="149" t="s">
         <v>109</v>
       </c>
       <c r="E15" s="53" t="s">
         <v>117</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>118</v>
       </c>
       <c r="G15" s="53" t="s">
         <v>248</v>
       </c>
       <c r="H15" s="53" t="s">
         <v>107</v>
       </c>
       <c r="I15" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J15" s="53" t="s">
         <v>119</v>
       </c>
@@ -4031,112 +4032,112 @@
         <v>300</v>
       </c>
       <c r="D16" s="143" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="143" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="143" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="143" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="153" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="143" t="s">
         <v>14</v>
       </c>
       <c r="J16" s="143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="216" t="s">
+      <c r="A17" s="215" t="s">
         <v>127</v>
       </c>
       <c r="B17" s="159">
         <v>1856</v>
       </c>
       <c r="C17" s="148" t="s">
         <v>248</v>
       </c>
       <c r="D17" s="53" t="s">
         <v>120</v>
       </c>
       <c r="E17" s="154" t="s">
         <v>121</v>
       </c>
       <c r="F17" s="53" t="s">
         <v>245</v>
       </c>
       <c r="G17" s="154" t="s">
         <v>199</v>
       </c>
       <c r="H17" s="155" t="s">
         <v>107</v>
       </c>
       <c r="I17" s="156" t="s">
         <v>253</v>
       </c>
       <c r="J17" s="53" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="38" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="219"/>
+      <c r="A18" s="218"/>
       <c r="B18" s="159" t="s">
         <v>269</v>
       </c>
       <c r="C18" s="148"/>
       <c r="D18" s="53" t="s">
         <v>122</v>
       </c>
       <c r="E18" s="154" t="s">
         <v>123</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>109</v>
       </c>
       <c r="G18" s="53" t="s">
         <v>253</v>
       </c>
       <c r="H18" s="156" t="s">
         <v>107</v>
       </c>
       <c r="I18" s="154" t="s">
         <v>200</v>
       </c>
       <c r="J18" s="53" t="s">
         <v>119</v>
       </c>
       <c r="K18" s="1"/>
     </row>
     <row r="19" spans="1:12" ht="24.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="220"/>
+      <c r="A19" s="219"/>
       <c r="B19" s="159">
         <v>1857</v>
       </c>
       <c r="C19" s="148" t="s">
         <v>124</v>
       </c>
       <c r="D19" s="157" t="s">
         <v>194</v>
       </c>
       <c r="E19" s="154" t="s">
         <v>125</v>
       </c>
       <c r="F19" s="154" t="s">
         <v>126</v>
       </c>
       <c r="G19" s="154" t="s">
         <v>200</v>
       </c>
       <c r="H19" s="155" t="s">
         <v>107</v>
       </c>
       <c r="I19" s="53" t="s">
         <v>253</v>
       </c>
       <c r="J19" s="53" t="s">
@@ -4144,73 +4145,73 @@
       </c>
       <c r="K19" s="1"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C20" s="54"/>
       <c r="D20" s="54"/>
       <c r="E20" s="55"/>
       <c r="F20" s="55"/>
       <c r="G20" s="55"/>
       <c r="H20" s="55"/>
       <c r="I20" s="1"/>
       <c r="J20" s="55"/>
       <c r="K20" s="1"/>
     </row>
     <row r="21" spans="1:12" ht="13" x14ac:dyDescent="0.3">
       <c r="C21" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="57"/>
       <c r="F21" s="7"/>
       <c r="G21" s="56"/>
       <c r="H21" s="56"/>
       <c r="L21" s="4"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="C22" s="215" t="s">
+      <c r="C22" s="214" t="s">
         <v>270</v>
       </c>
-      <c r="D22" s="215"/>
+      <c r="D22" s="214"/>
       <c r="E22" s="56"/>
       <c r="F22" s="1"/>
       <c r="G22" s="56"/>
       <c r="H22" s="56"/>
       <c r="L22" s="4"/>
     </row>
     <row r="23" spans="1:12" ht="13" x14ac:dyDescent="0.25">
       <c r="C23" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D23" s="6"/>
       <c r="G23" s="42"/>
       <c r="H23" s="58"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="C24" s="214" t="s">
+      <c r="C24" s="213" t="s">
         <v>268</v>
       </c>
-      <c r="D24" s="214"/>
+      <c r="D24" s="213"/>
       <c r="E24" s="56"/>
       <c r="F24" s="57"/>
       <c r="G24" s="56"/>
       <c r="H24" s="56"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C25" s="60"/>
       <c r="D25" s="60"/>
       <c r="E25" s="61"/>
       <c r="F25" s="57"/>
       <c r="G25" s="56"/>
       <c r="H25" s="56"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="56"/>
       <c r="F26" s="56"/>
       <c r="G26" s="56"/>
       <c r="H26" s="56"/>
       <c r="I26" s="62"/>
       <c r="J26" s="62"/>
     </row>
@@ -4290,889 +4291,889 @@
         <v>34</v>
       </c>
       <c r="D3" s="143" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="143" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="144" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="143" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="143" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="143" t="s">
         <v>303</v>
       </c>
       <c r="J3" s="145" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="46" x14ac:dyDescent="0.25">
-      <c r="A4" s="216" t="s">
+      <c r="A4" s="215" t="s">
         <v>187</v>
       </c>
       <c r="B4" s="9">
         <v>1857</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>208</v>
       </c>
       <c r="D4" s="24" t="s">
         <v>194</v>
       </c>
       <c r="E4" s="28" t="s">
         <v>68</v>
       </c>
       <c r="F4" s="21" t="s">
         <v>216</v>
       </c>
       <c r="G4" s="28" t="s">
         <v>242</v>
       </c>
       <c r="H4" s="28" t="s">
         <v>192</v>
       </c>
       <c r="I4" s="28" t="s">
         <v>199</v>
       </c>
       <c r="J4" s="35" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="219"/>
+      <c r="A5" s="218"/>
       <c r="B5" s="10">
         <v>1858</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>207</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E5" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>217</v>
       </c>
       <c r="G5" s="25" t="s">
         <v>243</v>
       </c>
       <c r="H5" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I5" s="26" t="s">
         <v>200</v>
       </c>
       <c r="J5" s="36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="219"/>
+      <c r="A6" s="218"/>
       <c r="B6" s="10">
         <v>1859</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E6" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F6" s="22" t="s">
         <v>217</v>
       </c>
       <c r="G6" s="25" t="s">
         <v>243</v>
       </c>
       <c r="H6" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I6" s="25" t="s">
         <v>200</v>
       </c>
       <c r="J6" s="36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="219"/>
+      <c r="A7" s="218"/>
       <c r="B7" s="10">
         <v>1860</v>
       </c>
       <c r="C7" s="14"/>
       <c r="D7" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>217</v>
       </c>
       <c r="G7" s="25" t="s">
         <v>243</v>
       </c>
       <c r="H7" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I7" s="25" t="s">
         <v>200</v>
       </c>
       <c r="J7" s="36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="24" x14ac:dyDescent="0.25">
-      <c r="A8" s="219"/>
+      <c r="A8" s="218"/>
       <c r="B8" s="10">
         <v>1861</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>185</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E8" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F8" s="22" t="s">
         <v>217</v>
       </c>
       <c r="G8" s="25" t="s">
         <v>243</v>
       </c>
       <c r="H8" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I8" s="25" t="s">
         <v>200</v>
       </c>
       <c r="J8" s="36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="219"/>
+      <c r="A9" s="218"/>
       <c r="B9" s="11">
         <v>1862</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="27" t="s">
         <v>195</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>211</v>
       </c>
       <c r="F9" s="23" t="s">
         <v>220</v>
       </c>
       <c r="G9" s="26" t="s">
         <v>243</v>
       </c>
       <c r="H9" s="34" t="s">
         <v>193</v>
       </c>
       <c r="I9" s="29" t="s">
         <v>200</v>
       </c>
       <c r="J9" s="34" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="221" t="s">
+      <c r="A10" s="220" t="s">
         <v>272</v>
       </c>
-      <c r="B10" s="222"/>
-[...4 lines deleted...]
-      <c r="G10" s="223"/>
+      <c r="B10" s="221"/>
+      <c r="C10" s="221"/>
+      <c r="D10" s="221"/>
+      <c r="E10" s="221"/>
+      <c r="F10" s="221"/>
+      <c r="G10" s="222"/>
       <c r="H10" s="18"/>
       <c r="I10" s="19"/>
       <c r="J10" s="20"/>
     </row>
     <row r="11" spans="1:10" s="139" customFormat="1" ht="46.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="140"/>
       <c r="B11" s="143"/>
       <c r="C11" s="141"/>
       <c r="D11" s="143" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="143" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="144" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="143" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="143" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="143" t="s">
         <v>22</v>
       </c>
       <c r="J11" s="145" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A12" s="219" t="s">
+      <c r="A12" s="218" t="s">
         <v>189</v>
       </c>
       <c r="B12" s="9">
         <v>1862</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="24" t="s">
         <v>195</v>
       </c>
       <c r="E12" s="28" t="s">
         <v>211</v>
       </c>
       <c r="F12" s="30" t="s">
         <v>198</v>
       </c>
       <c r="G12" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H12" s="28" t="s">
         <v>193</v>
       </c>
       <c r="I12" s="28" t="s">
         <v>218</v>
       </c>
       <c r="J12" s="35" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A13" s="219"/>
+      <c r="A13" s="218"/>
       <c r="B13" s="10">
         <v>1863</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F13" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G13" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H13" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I13" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J13" s="36" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A14" s="219"/>
+      <c r="A14" s="218"/>
       <c r="B14" s="10">
         <v>1864</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E14" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F14" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G14" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H14" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I14" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J14" s="36" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="24" x14ac:dyDescent="0.25">
-      <c r="A15" s="219"/>
+      <c r="A15" s="218"/>
       <c r="B15" s="10">
         <v>1865</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>200</v>
       </c>
       <c r="D15" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F15" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G15" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H15" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I15" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J15" s="36" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A16" s="224"/>
+      <c r="A16" s="223"/>
       <c r="B16" s="10">
         <v>1866</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E16" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F16" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G16" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H16" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I16" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J16" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A17" s="225" t="s">
+      <c r="A17" s="224" t="s">
         <v>188</v>
       </c>
       <c r="B17" s="10">
         <v>1867</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E17" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F17" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H17" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I17" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J17" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A18" s="226"/>
+      <c r="A18" s="225"/>
       <c r="B18" s="10">
         <v>1868</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F18" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G18" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H18" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I18" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J18" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A19" s="226"/>
+      <c r="A19" s="225"/>
       <c r="B19" s="10">
         <v>1869</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E19" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F19" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G19" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H19" s="25" t="s">
         <v>193</v>
       </c>
       <c r="I19" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J19" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A20" s="226"/>
+      <c r="A20" s="225"/>
       <c r="B20" s="10">
         <v>1870</v>
       </c>
       <c r="C20" s="14" t="s">
         <v>193</v>
       </c>
       <c r="D20" s="25" t="s">
         <v>195</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F20" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G20" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H20" s="25" t="s">
         <v>205</v>
       </c>
       <c r="I20" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J20" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A21" s="227"/>
+      <c r="A21" s="226"/>
       <c r="B21" s="10">
         <v>1871</v>
       </c>
       <c r="C21" s="16" t="s">
         <v>195</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>195</v>
       </c>
       <c r="E21" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F21" s="31" t="s">
         <v>198</v>
       </c>
       <c r="G21" s="28" t="s">
         <v>244</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>206</v>
       </c>
       <c r="I21" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J21" s="36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A22" s="225" t="s">
+      <c r="A22" s="224" t="s">
         <v>190</v>
       </c>
       <c r="B22" s="10">
         <v>1872</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>202</v>
       </c>
       <c r="D22" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E22" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F22" s="31" t="s">
         <v>213</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>244</v>
       </c>
       <c r="H22" s="25" t="s">
         <v>206</v>
       </c>
       <c r="I22" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J22" s="36" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="226"/>
+      <c r="A23" s="225"/>
       <c r="B23" s="10">
         <v>1873</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F23" s="31" t="s">
         <v>214</v>
       </c>
       <c r="G23" s="25" t="s">
         <v>244</v>
       </c>
       <c r="H23" s="25" t="s">
         <v>206</v>
       </c>
       <c r="I23" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J23" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="226"/>
+      <c r="A24" s="225"/>
       <c r="B24" s="10">
         <v>1874</v>
       </c>
       <c r="C24" s="14" t="s">
         <v>214</v>
       </c>
       <c r="D24" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E24" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F24" s="31" t="s">
         <v>67</v>
       </c>
       <c r="G24" s="26" t="s">
         <v>244</v>
       </c>
       <c r="H24" s="25" t="s">
         <v>206</v>
       </c>
       <c r="I24" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J24" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A25" s="226"/>
+      <c r="A25" s="225"/>
       <c r="B25" s="10">
         <v>1875</v>
       </c>
       <c r="C25" s="14" t="s">
         <v>184</v>
       </c>
       <c r="D25" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E25" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F25" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G25" s="25" t="s">
         <v>244</v>
       </c>
       <c r="H25" s="25" t="s">
         <v>206</v>
       </c>
       <c r="I25" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J25" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A26" s="227"/>
+      <c r="A26" s="226"/>
       <c r="B26" s="10">
         <v>1876</v>
       </c>
       <c r="C26" s="14" t="s">
         <v>206</v>
       </c>
       <c r="D26" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E26" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F26" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G26" s="26" t="s">
         <v>244</v>
       </c>
       <c r="H26" s="25" t="s">
         <v>66</v>
       </c>
       <c r="I26" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J26" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A27" s="225" t="s">
+      <c r="A27" s="224" t="s">
         <v>191</v>
       </c>
       <c r="B27" s="10">
         <v>1877</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E27" s="25" t="s">
         <v>211</v>
       </c>
       <c r="F27" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G27" s="26" t="s">
         <v>244</v>
       </c>
       <c r="H27" s="39" t="s">
         <v>209</v>
       </c>
       <c r="I27" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J27" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A28" s="226"/>
+      <c r="A28" s="225"/>
       <c r="B28" s="10">
         <v>1878</v>
       </c>
       <c r="C28" s="14" t="s">
         <v>211</v>
       </c>
       <c r="D28" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E28" s="25" t="s">
         <v>212</v>
       </c>
       <c r="F28" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G28" s="25" t="s">
         <v>244</v>
       </c>
       <c r="H28" s="26" t="s">
         <v>65</v>
       </c>
       <c r="I28" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J28" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A29" s="226"/>
+      <c r="A29" s="225"/>
       <c r="B29" s="10">
         <v>1879</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E29" s="39" t="s">
         <v>209</v>
       </c>
       <c r="F29" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G29" s="26" t="s">
         <v>244</v>
       </c>
       <c r="H29" s="39" t="s">
         <v>210</v>
       </c>
       <c r="I29" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J29" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A30" s="226"/>
+      <c r="A30" s="225"/>
       <c r="B30" s="10">
         <v>1880</v>
       </c>
       <c r="C30" s="14" t="s">
         <v>186</v>
       </c>
       <c r="D30" s="32" t="s">
         <v>198</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>209</v>
       </c>
       <c r="F30" s="31" t="s">
         <v>215</v>
       </c>
       <c r="G30" s="25" t="s">
         <v>244</v>
       </c>
       <c r="H30" s="39" t="s">
         <v>210</v>
       </c>
       <c r="I30" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J30" s="37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="229"/>
+      <c r="A31" s="228"/>
       <c r="B31" s="12">
         <v>1881</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>204</v>
       </c>
       <c r="D31" s="33" t="s">
         <v>183</v>
       </c>
       <c r="E31" s="40" t="s">
         <v>322</v>
       </c>
       <c r="F31" s="41" t="s">
         <v>215</v>
       </c>
       <c r="G31" s="40" t="s">
         <v>321</v>
       </c>
       <c r="H31" s="40" t="s">
         <v>210</v>
       </c>
       <c r="I31" s="34" t="s">
         <v>219</v>
       </c>
       <c r="J31" s="38" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A32" s="228" t="s">
+      <c r="A32" s="227" t="s">
         <v>331</v>
       </c>
-      <c r="B32" s="228"/>
-[...7 lines deleted...]
-      <c r="J32" s="228"/>
+      <c r="B32" s="227"/>
+      <c r="C32" s="227"/>
+      <c r="D32" s="227"/>
+      <c r="E32" s="227"/>
+      <c r="F32" s="227"/>
+      <c r="G32" s="227"/>
+      <c r="H32" s="227"/>
+      <c r="I32" s="227"/>
+      <c r="J32" s="227"/>
     </row>
     <row r="34" spans="3:4" ht="13" x14ac:dyDescent="0.3">
       <c r="C34" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C35" s="215" t="s">
+      <c r="C35" s="214" t="s">
         <v>323</v>
       </c>
-      <c r="D35" s="215"/>
+      <c r="D35" s="214"/>
     </row>
     <row r="36" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C36" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D36" s="6"/>
     </row>
     <row r="37" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C37" s="214" t="s">
+      <c r="C37" s="213" t="s">
         <v>271</v>
       </c>
-      <c r="D37" s="214"/>
+      <c r="D37" s="213"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="A4:A9"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A12:A16"/>
     <mergeCell ref="A17:A21"/>
     <mergeCell ref="A32:J32"/>
     <mergeCell ref="A22:A26"/>
     <mergeCell ref="A27:A31"/>
     <mergeCell ref="C35:D35"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L68"/>
   <sheetViews>
     <sheetView topLeftCell="A32" zoomScaleNormal="100" workbookViewId="0">
@@ -5217,640 +5218,640 @@
       </c>
       <c r="D3" s="142" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="143" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="144" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="143" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="143" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="143" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="145" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="146"/>
     </row>
     <row r="4" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="216" t="s">
+      <c r="A4" s="215" t="s">
         <v>54</v>
       </c>
       <c r="B4" s="86">
         <v>1881</v>
       </c>
       <c r="C4" s="101" t="s">
         <v>239</v>
       </c>
       <c r="D4" s="112" t="s">
         <v>236</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>228</v>
       </c>
       <c r="F4" s="75" t="s">
         <v>234</v>
       </c>
       <c r="G4" s="50" t="s">
         <v>209</v>
       </c>
       <c r="H4" s="50" t="s">
         <v>237</v>
       </c>
       <c r="I4" s="50" t="s">
         <v>218</v>
       </c>
       <c r="J4" s="74" t="s">
         <v>238</v>
       </c>
       <c r="K4" s="7"/>
     </row>
     <row r="5" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="219"/>
+      <c r="A5" s="218"/>
       <c r="B5" s="66">
         <v>1882</v>
       </c>
       <c r="C5" s="102"/>
       <c r="D5" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E5" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F5" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G5" s="24" t="s">
         <v>209</v>
       </c>
       <c r="H5" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I5" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J5" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K5" s="8"/>
       <c r="L5" s="1"/>
     </row>
     <row r="6" spans="1:12" ht="10.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="219"/>
+      <c r="A6" s="218"/>
       <c r="B6" s="66">
         <v>1883</v>
       </c>
       <c r="C6" s="102"/>
       <c r="D6" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E6" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F6" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G6" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H6" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I6" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J6" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
     </row>
     <row r="7" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="219"/>
+      <c r="A7" s="218"/>
       <c r="B7" s="66">
         <v>1884</v>
       </c>
       <c r="C7" s="102"/>
       <c r="D7" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F7" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G7" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H7" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I7" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J7" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
     </row>
     <row r="8" spans="1:12" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="219"/>
+      <c r="A8" s="218"/>
       <c r="B8" s="66">
         <v>1885</v>
       </c>
       <c r="C8" s="102"/>
       <c r="D8" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E8" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F8" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G8" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H8" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I8" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J8" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A9" s="219"/>
+      <c r="A9" s="218"/>
       <c r="B9" s="83">
         <v>1883</v>
       </c>
       <c r="C9" s="103"/>
       <c r="D9" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E9" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F9" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G9" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H9" s="26" t="s">
         <v>215</v>
       </c>
       <c r="I9" s="25" t="s">
         <v>219</v>
       </c>
       <c r="J9" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A10" s="219"/>
+      <c r="A10" s="218"/>
       <c r="B10" s="66">
         <v>1884</v>
       </c>
       <c r="C10" s="103"/>
       <c r="D10" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E10" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F10" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G10" s="24" t="s">
         <v>209</v>
       </c>
       <c r="H10" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I10" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J10" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A11" s="219"/>
+      <c r="A11" s="218"/>
       <c r="B11" s="66">
         <v>1885</v>
       </c>
       <c r="C11" s="103"/>
       <c r="D11" s="25" t="s">
         <v>198</v>
       </c>
       <c r="E11" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F11" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G11" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H11" s="26" t="s">
         <v>215</v>
       </c>
       <c r="I11" s="28" t="s">
         <v>219</v>
       </c>
       <c r="J11" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
     </row>
     <row r="12" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="219"/>
-      <c r="B12" s="230">
+      <c r="A12" s="218"/>
+      <c r="B12" s="229">
         <v>1886</v>
       </c>
-      <c r="C12" s="241" t="s">
+      <c r="C12" s="240" t="s">
         <v>218</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>198</v>
       </c>
-      <c r="E12" s="246" t="s">
+      <c r="E12" s="245" t="s">
         <v>229</v>
       </c>
-      <c r="F12" s="246" t="s">
+      <c r="F12" s="245" t="s">
         <v>235</v>
       </c>
-      <c r="G12" s="248" t="s">
+      <c r="G12" s="247" t="s">
         <v>209</v>
       </c>
-      <c r="H12" s="246" t="s">
+      <c r="H12" s="245" t="s">
         <v>215</v>
       </c>
       <c r="I12" s="68" t="s">
         <v>219</v>
       </c>
-      <c r="J12" s="246" t="s">
+      <c r="J12" s="245" t="s">
         <v>233</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
     </row>
     <row r="13" spans="1:12" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="220"/>
-[...1 lines deleted...]
-      <c r="C13" s="245"/>
+      <c r="A13" s="219"/>
+      <c r="B13" s="267"/>
+      <c r="C13" s="244"/>
       <c r="D13" s="88" t="s">
         <v>144</v>
       </c>
-      <c r="E13" s="247"/>
-[...2 lines deleted...]
-      <c r="H13" s="247"/>
+      <c r="E13" s="246"/>
+      <c r="F13" s="246"/>
+      <c r="G13" s="248"/>
+      <c r="H13" s="246"/>
       <c r="I13" s="107" t="s">
         <v>198</v>
       </c>
-      <c r="J13" s="247"/>
+      <c r="J13" s="246"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
     </row>
     <row r="14" spans="1:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="219" t="s">
+      <c r="A14" s="218" t="s">
         <v>221</v>
       </c>
       <c r="B14" s="66">
         <v>1887</v>
       </c>
       <c r="C14" s="164"/>
       <c r="D14" s="69" t="s">
         <v>227</v>
       </c>
       <c r="E14" s="35" t="s">
         <v>229</v>
       </c>
       <c r="F14" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>209</v>
       </c>
       <c r="H14" s="28" t="s">
         <v>215</v>
       </c>
       <c r="I14" s="50" t="s">
         <v>198</v>
       </c>
       <c r="J14" s="35" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="219"/>
+      <c r="A15" s="218"/>
       <c r="B15" s="66">
         <v>1888</v>
       </c>
       <c r="C15" s="104"/>
       <c r="D15" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E15" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F15" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G15" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H15" s="26" t="s">
         <v>215</v>
       </c>
       <c r="I15" s="25" t="s">
         <v>198</v>
       </c>
       <c r="J15" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="219"/>
+      <c r="A16" s="218"/>
       <c r="B16" s="66">
         <v>1889</v>
       </c>
       <c r="C16" s="103"/>
       <c r="D16" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E16" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F16" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>209</v>
       </c>
       <c r="H16" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I16" s="25" t="s">
         <v>198</v>
       </c>
       <c r="J16" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="219"/>
+      <c r="A17" s="218"/>
       <c r="B17" s="66">
         <v>1890</v>
       </c>
       <c r="C17" s="103"/>
       <c r="D17" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E17" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F17" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>209</v>
       </c>
       <c r="H17" s="26" t="s">
         <v>215</v>
       </c>
       <c r="I17" s="25" t="s">
         <v>198</v>
       </c>
       <c r="J17" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="219"/>
+      <c r="A18" s="218"/>
       <c r="B18" s="81">
         <v>1891</v>
       </c>
       <c r="C18" s="161"/>
       <c r="D18" s="67" t="s">
         <v>227</v>
       </c>
       <c r="E18" s="46" t="s">
         <v>229</v>
       </c>
       <c r="F18" s="59" t="s">
         <v>235</v>
       </c>
       <c r="G18" s="113" t="s">
         <v>209</v>
       </c>
       <c r="H18" s="29" t="s">
         <v>215</v>
       </c>
       <c r="I18" s="29" t="s">
         <v>198</v>
       </c>
       <c r="J18" s="46" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="216" t="s">
+      <c r="A19" s="215" t="s">
         <v>327</v>
       </c>
-      <c r="B19" s="269">
+      <c r="B19" s="268">
         <v>1892</v>
       </c>
-      <c r="C19" s="262" t="s">
+      <c r="C19" s="261" t="s">
         <v>240</v>
       </c>
-      <c r="D19" s="254" t="s">
+      <c r="D19" s="253" t="s">
         <v>227</v>
       </c>
-      <c r="E19" s="250" t="s">
+      <c r="E19" s="249" t="s">
         <v>229</v>
       </c>
-      <c r="F19" s="250" t="s">
+      <c r="F19" s="249" t="s">
         <v>235</v>
       </c>
       <c r="G19" s="114" t="s">
         <v>209</v>
       </c>
-      <c r="H19" s="250" t="s">
+      <c r="H19" s="249" t="s">
         <v>215</v>
       </c>
-      <c r="I19" s="250" t="s">
+      <c r="I19" s="249" t="s">
         <v>198</v>
       </c>
-      <c r="J19" s="250" t="s">
+      <c r="J19" s="249" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="219"/>
-[...4 lines deleted...]
-      <c r="F20" s="251"/>
+      <c r="A20" s="218"/>
+      <c r="B20" s="230"/>
+      <c r="C20" s="241"/>
+      <c r="D20" s="252"/>
+      <c r="E20" s="250"/>
+      <c r="F20" s="250"/>
       <c r="G20" s="45" t="s">
         <v>241</v>
       </c>
-      <c r="H20" s="251"/>
-[...1 lines deleted...]
-      <c r="J20" s="251"/>
+      <c r="H20" s="250"/>
+      <c r="I20" s="250"/>
+      <c r="J20" s="250"/>
       <c r="K20" s="1"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A21" s="219"/>
+      <c r="A21" s="218"/>
       <c r="B21" s="66">
         <v>1893</v>
       </c>
       <c r="C21" s="102"/>
       <c r="D21" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E21" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F21" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G21" s="45" t="s">
         <v>230</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>215</v>
       </c>
       <c r="I21" s="26" t="s">
         <v>198</v>
       </c>
       <c r="J21" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K21" s="1"/>
     </row>
     <row r="22" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="219"/>
-      <c r="B22" s="230">
+      <c r="A22" s="218"/>
+      <c r="B22" s="229">
         <v>1894</v>
       </c>
-      <c r="C22" s="241" t="s">
+      <c r="C22" s="240" t="s">
         <v>241</v>
       </c>
-      <c r="D22" s="252" t="s">
+      <c r="D22" s="251" t="s">
         <v>227</v>
       </c>
-      <c r="E22" s="246" t="s">
+      <c r="E22" s="245" t="s">
         <v>229</v>
       </c>
-      <c r="F22" s="248" t="s">
+      <c r="F22" s="247" t="s">
         <v>235</v>
       </c>
       <c r="G22" s="89" t="s">
         <v>230</v>
       </c>
       <c r="H22" s="91" t="s">
         <v>215</v>
       </c>
-      <c r="I22" s="257" t="s">
+      <c r="I22" s="256" t="s">
         <v>198</v>
       </c>
-      <c r="J22" s="246" t="s">
+      <c r="J22" s="245" t="s">
         <v>233</v>
       </c>
       <c r="K22" s="1"/>
     </row>
     <row r="23" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="219"/>
-[...4 lines deleted...]
-      <c r="F23" s="255"/>
+      <c r="A23" s="218"/>
+      <c r="B23" s="230"/>
+      <c r="C23" s="241"/>
+      <c r="D23" s="252"/>
+      <c r="E23" s="250"/>
+      <c r="F23" s="254"/>
       <c r="G23" s="90" t="s">
         <v>215</v>
       </c>
       <c r="H23" s="92" t="s">
         <v>231</v>
       </c>
-      <c r="I23" s="258"/>
-      <c r="J23" s="251"/>
+      <c r="I23" s="257"/>
+      <c r="J23" s="250"/>
       <c r="K23" s="1"/>
     </row>
     <row r="24" spans="1:12" ht="13" x14ac:dyDescent="0.25">
-      <c r="A24" s="219"/>
+      <c r="A24" s="218"/>
       <c r="B24" s="66">
         <v>1895</v>
       </c>
       <c r="C24" s="102"/>
       <c r="D24" s="115" t="s">
         <v>227</v>
       </c>
       <c r="E24" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F24" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G24" s="28" t="s">
         <v>215</v>
       </c>
       <c r="H24" s="44" t="s">
         <v>231</v>
       </c>
       <c r="I24" s="25" t="s">
         <v>198</v>
       </c>
       <c r="J24" s="36" t="s">
         <v>233</v>
       </c>
       <c r="K24" s="4"/>
       <c r="L24" s="2"/>
     </row>
     <row r="25" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="220"/>
+      <c r="A25" s="219"/>
       <c r="B25" s="76">
         <v>1896</v>
       </c>
       <c r="C25" s="105"/>
       <c r="D25" s="49" t="s">
         <v>227</v>
       </c>
       <c r="E25" s="70" t="s">
         <v>229</v>
       </c>
       <c r="F25" s="71" t="s">
         <v>235</v>
       </c>
       <c r="G25" s="72" t="s">
         <v>215</v>
       </c>
       <c r="H25" s="73" t="s">
         <v>231</v>
       </c>
       <c r="I25" s="34" t="s">
         <v>198</v>
       </c>
       <c r="J25" s="116" t="s">
         <v>233</v>
       </c>
@@ -5868,183 +5869,183 @@
       </c>
       <c r="D26" s="142" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="143" t="s">
         <v>20</v>
       </c>
       <c r="F26" s="144" t="s">
         <v>19</v>
       </c>
       <c r="G26" s="143" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="143" t="s">
         <v>21</v>
       </c>
       <c r="I26" s="143" t="s">
         <v>22</v>
       </c>
       <c r="J26" s="145" t="s">
         <v>273</v>
       </c>
       <c r="K26" s="146"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A27" s="267" t="s">
+      <c r="A27" s="266" t="s">
         <v>222</v>
       </c>
       <c r="B27" s="86">
         <v>1897</v>
       </c>
       <c r="C27" s="101"/>
       <c r="D27" s="77" t="s">
         <v>227</v>
       </c>
       <c r="E27" s="117" t="s">
         <v>229</v>
       </c>
       <c r="F27" s="75" t="s">
         <v>235</v>
       </c>
       <c r="G27" s="50" t="s">
         <v>215</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>231</v>
       </c>
       <c r="I27" s="50" t="s">
         <v>198</v>
       </c>
       <c r="J27" s="74" t="s">
         <v>233</v>
       </c>
       <c r="L27" s="4"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A28" s="226"/>
+      <c r="A28" s="225"/>
       <c r="B28" s="66">
         <v>1898</v>
       </c>
       <c r="C28" s="106"/>
       <c r="D28" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E28" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F28" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G28" s="24" t="s">
         <v>215</v>
       </c>
       <c r="H28" s="44" t="s">
         <v>231</v>
       </c>
       <c r="I28" s="25" t="s">
         <v>198</v>
       </c>
       <c r="J28" s="36" t="s">
         <v>233</v>
       </c>
       <c r="L28" s="4"/>
     </row>
     <row r="29" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="226"/>
+      <c r="A29" s="225"/>
       <c r="B29" s="66">
         <v>1899</v>
       </c>
       <c r="C29" s="102"/>
       <c r="D29" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E29" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F29" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G29" s="28" t="s">
         <v>215</v>
       </c>
       <c r="H29" s="44" t="s">
         <v>231</v>
       </c>
       <c r="I29" s="26" t="s">
         <v>198</v>
       </c>
       <c r="J29" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="226"/>
-      <c r="B30" s="230">
+      <c r="A30" s="225"/>
+      <c r="B30" s="229">
         <v>1900</v>
       </c>
-      <c r="C30" s="241" t="s">
+      <c r="C30" s="240" t="s">
         <v>236</v>
       </c>
-      <c r="D30" s="252" t="s">
+      <c r="D30" s="251" t="s">
         <v>227</v>
       </c>
-      <c r="E30" s="246" t="s">
+      <c r="E30" s="245" t="s">
         <v>229</v>
       </c>
-      <c r="F30" s="248" t="s">
+      <c r="F30" s="247" t="s">
         <v>235</v>
       </c>
-      <c r="G30" s="246" t="s">
+      <c r="G30" s="245" t="s">
         <v>215</v>
       </c>
-      <c r="H30" s="236" t="s">
+      <c r="H30" s="235" t="s">
         <v>231</v>
       </c>
       <c r="I30" s="93" t="s">
         <v>198</v>
       </c>
-      <c r="J30" s="246" t="s">
+      <c r="J30" s="245" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="226"/>
-[...6 lines deleted...]
-      <c r="H31" s="256"/>
+      <c r="A31" s="225"/>
+      <c r="B31" s="230"/>
+      <c r="C31" s="241"/>
+      <c r="D31" s="252"/>
+      <c r="E31" s="250"/>
+      <c r="F31" s="254"/>
+      <c r="G31" s="250"/>
+      <c r="H31" s="255"/>
       <c r="I31" s="82" t="s">
         <v>186</v>
       </c>
-      <c r="J31" s="251"/>
+      <c r="J31" s="250"/>
     </row>
     <row r="32" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="229"/>
+      <c r="A32" s="228"/>
       <c r="B32" s="76">
         <v>1901</v>
       </c>
       <c r="C32" s="105"/>
       <c r="D32" s="49" t="s">
         <v>227</v>
       </c>
       <c r="E32" s="116" t="s">
         <v>229</v>
       </c>
       <c r="F32" s="71" t="s">
         <v>235</v>
       </c>
       <c r="G32" s="72" t="s">
         <v>215</v>
       </c>
       <c r="H32" s="80" t="s">
         <v>231</v>
       </c>
       <c r="I32" s="79" t="s">
         <v>186</v>
       </c>
       <c r="J32" s="70" t="s">
         <v>233</v>
       </c>
@@ -6054,825 +6055,825 @@
       <c r="B33" s="81"/>
       <c r="C33" s="106"/>
       <c r="D33" s="144" t="s">
         <v>25</v>
       </c>
       <c r="E33" s="143" t="s">
         <v>274</v>
       </c>
       <c r="F33" s="144" t="s">
         <v>317</v>
       </c>
       <c r="G33" s="143" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="143" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="143" t="s">
         <v>318</v>
       </c>
       <c r="J33" s="145" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A34" s="267" t="s">
+      <c r="A34" s="266" t="s">
         <v>223</v>
       </c>
       <c r="B34" s="86">
         <v>1902</v>
       </c>
       <c r="C34" s="101"/>
       <c r="D34" s="77" t="s">
         <v>227</v>
       </c>
       <c r="E34" s="74" t="s">
         <v>229</v>
       </c>
       <c r="F34" s="75" t="s">
         <v>235</v>
       </c>
       <c r="G34" s="50" t="s">
         <v>215</v>
       </c>
       <c r="H34" s="78" t="s">
         <v>231</v>
       </c>
       <c r="I34" s="78" t="s">
         <v>186</v>
       </c>
       <c r="J34" s="117" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="13" x14ac:dyDescent="0.25">
-      <c r="A35" s="226"/>
+      <c r="A35" s="225"/>
       <c r="B35" s="66">
         <v>1903</v>
       </c>
       <c r="C35" s="102"/>
       <c r="D35" s="115" t="s">
         <v>227</v>
       </c>
       <c r="E35" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F35" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G35" s="28" t="s">
         <v>215</v>
       </c>
       <c r="H35" s="44" t="s">
         <v>231</v>
       </c>
       <c r="I35" s="44" t="s">
         <v>186</v>
       </c>
       <c r="J35" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="226"/>
+      <c r="A36" s="225"/>
       <c r="B36" s="66">
         <v>1904</v>
       </c>
       <c r="C36" s="102"/>
       <c r="D36" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E36" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F36" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G36" s="28" t="s">
         <v>215</v>
       </c>
       <c r="H36" s="118" t="s">
         <v>231</v>
       </c>
       <c r="I36" s="44" t="s">
         <v>186</v>
       </c>
       <c r="J36" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="226"/>
+      <c r="A37" s="225"/>
       <c r="B37" s="66">
         <v>1905</v>
       </c>
       <c r="C37" s="102"/>
       <c r="D37" s="48" t="s">
         <v>227</v>
       </c>
       <c r="E37" s="36" t="s">
         <v>229</v>
       </c>
       <c r="F37" s="30" t="s">
         <v>235</v>
       </c>
       <c r="G37" s="24" t="s">
         <v>215</v>
       </c>
       <c r="H37" s="44" t="s">
         <v>231</v>
       </c>
       <c r="I37" s="44" t="s">
         <v>186</v>
       </c>
       <c r="J37" s="36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="226"/>
-      <c r="B38" s="230">
+      <c r="A38" s="225"/>
+      <c r="B38" s="229">
         <v>1906</v>
       </c>
-      <c r="C38" s="241" t="s">
+      <c r="C38" s="240" t="s">
         <v>234</v>
       </c>
-      <c r="D38" s="252" t="s">
+      <c r="D38" s="251" t="s">
         <v>227</v>
       </c>
-      <c r="E38" s="248" t="s">
+      <c r="E38" s="247" t="s">
         <v>154</v>
       </c>
       <c r="F38" s="119" t="s">
         <v>235</v>
       </c>
-      <c r="G38" s="246" t="s">
+      <c r="G38" s="245" t="s">
         <v>215</v>
       </c>
-      <c r="H38" s="236" t="s">
+      <c r="H38" s="235" t="s">
         <v>231</v>
       </c>
-      <c r="I38" s="236" t="s">
+      <c r="I38" s="235" t="s">
         <v>232</v>
       </c>
-      <c r="J38" s="246" t="s">
+      <c r="J38" s="245" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="229"/>
-[...3 lines deleted...]
-      <c r="E39" s="249"/>
+      <c r="A39" s="228"/>
+      <c r="B39" s="267"/>
+      <c r="C39" s="244"/>
+      <c r="D39" s="262"/>
+      <c r="E39" s="248"/>
       <c r="F39" s="94" t="s">
         <v>130</v>
       </c>
-      <c r="G39" s="247"/>
-[...2 lines deleted...]
-      <c r="J39" s="247"/>
+      <c r="G39" s="246"/>
+      <c r="H39" s="265"/>
+      <c r="I39" s="265"/>
+      <c r="J39" s="246"/>
     </row>
     <row r="40" spans="1:10" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="238" t="s">
+      <c r="A40" s="237" t="s">
         <v>320</v>
       </c>
-      <c r="B40" s="239"/>
-[...3 lines deleted...]
-      <c r="F40" s="239"/>
+      <c r="B40" s="238"/>
+      <c r="C40" s="238"/>
+      <c r="D40" s="238"/>
+      <c r="E40" s="238"/>
+      <c r="F40" s="238"/>
       <c r="G40" s="43"/>
       <c r="H40" s="110"/>
       <c r="I40" s="111"/>
       <c r="J40" s="110"/>
     </row>
     <row r="41" spans="1:10" s="139" customFormat="1" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="63"/>
       <c r="B41" s="143"/>
       <c r="C41" s="141"/>
       <c r="D41" s="144" t="s">
         <v>25</v>
       </c>
       <c r="E41" s="143" t="s">
         <v>274</v>
       </c>
       <c r="F41" s="144" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="143" t="s">
         <v>27</v>
       </c>
       <c r="H41" s="143" t="s">
         <v>28</v>
       </c>
       <c r="I41" s="143" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="145" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A42" s="272" t="s">
+      <c r="A42" s="271" t="s">
         <v>224</v>
       </c>
       <c r="B42" s="66">
         <v>1907</v>
       </c>
       <c r="C42" s="160"/>
       <c r="D42" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E42" s="45" t="s">
         <v>128</v>
       </c>
       <c r="F42" s="21" t="s">
         <v>130</v>
       </c>
       <c r="G42" s="112" t="s">
         <v>138</v>
       </c>
       <c r="H42" s="45" t="s">
         <v>139</v>
       </c>
       <c r="I42" s="45" t="s">
         <v>145</v>
       </c>
       <c r="J42" s="35" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="272"/>
-      <c r="B43" s="230">
+      <c r="A43" s="271"/>
+      <c r="B43" s="229">
         <v>1908</v>
       </c>
-      <c r="C43" s="241" t="s">
+      <c r="C43" s="240" t="s">
         <v>145</v>
       </c>
-      <c r="D43" s="243" t="s">
+      <c r="D43" s="242" t="s">
         <v>227</v>
       </c>
-      <c r="E43" s="236" t="s">
+      <c r="E43" s="235" t="s">
         <v>128</v>
       </c>
-      <c r="F43" s="232" t="s">
+      <c r="F43" s="231" t="s">
         <v>130</v>
       </c>
-      <c r="G43" s="234" t="s">
+      <c r="G43" s="233" t="s">
         <v>215</v>
       </c>
-      <c r="H43" s="236" t="s">
+      <c r="H43" s="235" t="s">
         <v>231</v>
       </c>
       <c r="I43" s="89" t="s">
         <v>145</v>
       </c>
-      <c r="J43" s="246" t="s">
+      <c r="J43" s="245" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="272"/>
-[...6 lines deleted...]
-      <c r="H44" s="237"/>
+      <c r="A44" s="271"/>
+      <c r="B44" s="239"/>
+      <c r="C44" s="241"/>
+      <c r="D44" s="243"/>
+      <c r="E44" s="236"/>
+      <c r="F44" s="232"/>
+      <c r="G44" s="234"/>
+      <c r="H44" s="236"/>
       <c r="I44" s="92" t="s">
         <v>146</v>
       </c>
-      <c r="J44" s="251"/>
+      <c r="J44" s="250"/>
     </row>
     <row r="45" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="272"/>
-      <c r="B45" s="240">
+      <c r="A45" s="271"/>
+      <c r="B45" s="239">
         <v>1909</v>
       </c>
-      <c r="C45" s="241" t="s">
+      <c r="C45" s="240" t="s">
         <v>130</v>
       </c>
-      <c r="D45" s="260" t="s">
+      <c r="D45" s="259" t="s">
         <v>227</v>
       </c>
-      <c r="E45" s="264" t="s">
+      <c r="E45" s="263" t="s">
         <v>128</v>
       </c>
       <c r="F45" s="95" t="s">
         <v>130</v>
       </c>
-      <c r="G45" s="234" t="s">
+      <c r="G45" s="233" t="s">
         <v>215</v>
       </c>
-      <c r="H45" s="236" t="s">
+      <c r="H45" s="235" t="s">
         <v>231</v>
       </c>
-      <c r="I45" s="236" t="s">
+      <c r="I45" s="235" t="s">
         <v>132</v>
       </c>
-      <c r="J45" s="246" t="s">
+      <c r="J45" s="245" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="272"/>
-[...3 lines deleted...]
-      <c r="E46" s="265"/>
+      <c r="A46" s="271"/>
+      <c r="B46" s="230"/>
+      <c r="C46" s="241"/>
+      <c r="D46" s="260"/>
+      <c r="E46" s="264"/>
       <c r="F46" s="45" t="s">
         <v>147</v>
       </c>
-      <c r="G46" s="235"/>
-[...2 lines deleted...]
-      <c r="J46" s="251"/>
+      <c r="G46" s="234"/>
+      <c r="H46" s="236"/>
+      <c r="I46" s="236"/>
+      <c r="J46" s="250"/>
     </row>
     <row r="47" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="272"/>
+      <c r="A47" s="271"/>
       <c r="B47" s="83">
         <v>1910</v>
       </c>
       <c r="C47" s="102"/>
       <c r="D47" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E47" s="45" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="65" t="s">
         <v>136</v>
       </c>
       <c r="G47" s="25" t="s">
         <v>215</v>
       </c>
       <c r="H47" s="45" t="s">
         <v>231</v>
       </c>
       <c r="I47" s="44" t="s">
         <v>132</v>
       </c>
       <c r="J47" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="272"/>
-      <c r="B48" s="230">
+      <c r="A48" s="271"/>
+      <c r="B48" s="229">
         <v>1911</v>
       </c>
-      <c r="C48" s="241" t="s">
+      <c r="C48" s="240" t="s">
         <v>138</v>
       </c>
-      <c r="D48" s="260" t="s">
+      <c r="D48" s="259" t="s">
         <v>227</v>
       </c>
-      <c r="E48" s="236" t="s">
+      <c r="E48" s="235" t="s">
         <v>128</v>
       </c>
-      <c r="F48" s="236" t="s">
+      <c r="F48" s="235" t="s">
         <v>136</v>
       </c>
       <c r="G48" s="93" t="s">
         <v>215</v>
       </c>
-      <c r="H48" s="273" t="s">
+      <c r="H48" s="272" t="s">
         <v>231</v>
       </c>
-      <c r="I48" s="236" t="s">
+      <c r="I48" s="235" t="s">
         <v>132</v>
       </c>
-      <c r="J48" s="246" t="s">
+      <c r="J48" s="245" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="272"/>
-[...4 lines deleted...]
-      <c r="F49" s="237"/>
+      <c r="A49" s="271"/>
+      <c r="B49" s="230"/>
+      <c r="C49" s="241"/>
+      <c r="D49" s="260"/>
+      <c r="E49" s="236"/>
+      <c r="F49" s="236"/>
       <c r="G49" s="69" t="s">
         <v>129</v>
       </c>
-      <c r="H49" s="274"/>
-[...1 lines deleted...]
-      <c r="J49" s="251"/>
+      <c r="H49" s="273"/>
+      <c r="I49" s="236"/>
+      <c r="J49" s="250"/>
     </row>
     <row r="50" spans="1:10" s="139" customFormat="1" ht="80.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="63"/>
       <c r="B50" s="143"/>
       <c r="C50" s="141"/>
       <c r="D50" s="144" t="s">
         <v>25</v>
       </c>
       <c r="E50" s="143" t="s">
         <v>275</v>
       </c>
       <c r="F50" s="144" t="s">
         <v>26</v>
       </c>
       <c r="G50" s="143" t="s">
         <v>27</v>
       </c>
       <c r="H50" s="143" t="s">
         <v>28</v>
       </c>
       <c r="I50" s="143" t="s">
         <v>276</v>
       </c>
       <c r="J50" s="145" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A51" s="270" t="s">
+      <c r="A51" s="269" t="s">
         <v>225</v>
       </c>
       <c r="B51" s="83">
         <v>1912</v>
       </c>
       <c r="C51" s="102" t="s">
         <v>128</v>
       </c>
       <c r="D51" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E51" s="45" t="s">
         <v>134</v>
       </c>
       <c r="F51" s="65" t="s">
         <v>136</v>
       </c>
       <c r="G51" s="48" t="s">
         <v>129</v>
       </c>
       <c r="H51" s="45" t="s">
         <v>231</v>
       </c>
       <c r="I51" s="118" t="s">
         <v>132</v>
       </c>
       <c r="J51" s="28" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="271"/>
+      <c r="A52" s="270"/>
       <c r="B52" s="83">
         <v>1913</v>
       </c>
       <c r="C52" s="165"/>
       <c r="D52" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E52" s="48" t="s">
         <v>132</v>
       </c>
       <c r="F52" s="120" t="s">
         <v>136</v>
       </c>
       <c r="G52" s="48" t="s">
         <v>129</v>
       </c>
       <c r="H52" s="45" t="s">
         <v>231</v>
       </c>
       <c r="I52" s="44" t="s">
         <v>133</v>
       </c>
       <c r="J52" s="28" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="271"/>
-      <c r="B53" s="230">
+      <c r="A53" s="270"/>
+      <c r="B53" s="229">
         <v>1914</v>
       </c>
-      <c r="C53" s="241" t="s">
+      <c r="C53" s="240" t="s">
         <v>153</v>
       </c>
-      <c r="D53" s="243" t="s">
+      <c r="D53" s="242" t="s">
         <v>227</v>
       </c>
-      <c r="E53" s="252" t="s">
+      <c r="E53" s="251" t="s">
         <v>132</v>
       </c>
-      <c r="F53" s="236" t="s">
+      <c r="F53" s="235" t="s">
         <v>136</v>
       </c>
-      <c r="G53" s="252" t="s">
+      <c r="G53" s="251" t="s">
         <v>129</v>
       </c>
       <c r="H53" s="96" t="s">
         <v>231</v>
       </c>
-      <c r="I53" s="252" t="s">
+      <c r="I53" s="251" t="s">
         <v>137</v>
       </c>
       <c r="J53" s="68" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="271"/>
-[...5 lines deleted...]
-      <c r="G54" s="253"/>
+      <c r="A54" s="270"/>
+      <c r="B54" s="230"/>
+      <c r="C54" s="241"/>
+      <c r="D54" s="243"/>
+      <c r="E54" s="252"/>
+      <c r="F54" s="236"/>
+      <c r="G54" s="252"/>
       <c r="H54" s="45" t="s">
         <v>148</v>
       </c>
-      <c r="I54" s="253"/>
+      <c r="I54" s="252"/>
       <c r="J54" s="99" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="271"/>
+      <c r="A55" s="270"/>
       <c r="B55" s="83">
         <v>1915</v>
       </c>
       <c r="C55" s="102"/>
       <c r="D55" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E55" s="48" t="s">
         <v>132</v>
       </c>
       <c r="F55" s="65" t="s">
         <v>136</v>
       </c>
       <c r="G55" s="115" t="s">
         <v>129</v>
       </c>
       <c r="H55" s="84" t="s">
         <v>140</v>
       </c>
       <c r="I55" s="48" t="s">
         <v>137</v>
       </c>
       <c r="J55" s="48" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="271"/>
+      <c r="A56" s="270"/>
       <c r="B56" s="83">
         <v>1916</v>
       </c>
       <c r="C56" s="102" t="s">
         <v>147</v>
       </c>
       <c r="D56" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E56" s="48" t="s">
         <v>132</v>
       </c>
       <c r="F56" s="65" t="s">
         <v>155</v>
       </c>
       <c r="G56" s="48" t="s">
         <v>129</v>
       </c>
       <c r="H56" s="84" t="s">
         <v>140</v>
       </c>
       <c r="I56" s="48" t="s">
         <v>143</v>
       </c>
       <c r="J56" s="48" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="270" t="s">
+      <c r="A57" s="269" t="s">
         <v>226</v>
       </c>
       <c r="B57" s="83">
         <v>1917</v>
       </c>
       <c r="C57" s="102"/>
       <c r="D57" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E57" s="48" t="s">
         <v>132</v>
       </c>
       <c r="F57" s="48" t="s">
         <v>137</v>
       </c>
       <c r="G57" s="48" t="s">
         <v>129</v>
       </c>
       <c r="H57" s="84" t="s">
         <v>140</v>
       </c>
       <c r="I57" s="48" t="s">
         <v>135</v>
       </c>
       <c r="J57" s="115" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="58" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="271"/>
+      <c r="A58" s="270"/>
       <c r="B58" s="83">
         <v>1918</v>
       </c>
       <c r="C58" s="102"/>
       <c r="D58" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="48" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="48" t="s">
         <v>137</v>
       </c>
       <c r="G58" s="48" t="s">
         <v>129</v>
       </c>
       <c r="H58" s="121" t="s">
         <v>140</v>
       </c>
       <c r="I58" s="48" t="s">
         <v>135</v>
       </c>
       <c r="J58" s="48" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="271"/>
-      <c r="B59" s="230">
+      <c r="A59" s="270"/>
+      <c r="B59" s="229">
         <v>1919</v>
       </c>
-      <c r="C59" s="241" t="s">
+      <c r="C59" s="240" t="s">
         <v>306</v>
       </c>
-      <c r="D59" s="260" t="s">
+      <c r="D59" s="259" t="s">
         <v>227</v>
       </c>
       <c r="E59" s="100" t="s">
         <v>132</v>
       </c>
-      <c r="F59" s="252" t="s">
+      <c r="F59" s="251" t="s">
         <v>137</v>
       </c>
       <c r="G59" s="67" t="s">
         <v>129</v>
       </c>
       <c r="H59" s="97" t="s">
         <v>140</v>
       </c>
       <c r="I59" s="115" t="s">
         <v>135</v>
       </c>
-      <c r="J59" s="252" t="s">
+      <c r="J59" s="251" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="271"/>
-[...2 lines deleted...]
-      <c r="D60" s="261"/>
+      <c r="A60" s="270"/>
+      <c r="B60" s="230"/>
+      <c r="C60" s="241"/>
+      <c r="D60" s="260"/>
       <c r="E60" s="69" t="s">
         <v>151</v>
       </c>
-      <c r="F60" s="253"/>
+      <c r="F60" s="252"/>
       <c r="G60" s="99" t="s">
         <v>152</v>
       </c>
       <c r="H60" s="98" t="s">
         <v>150</v>
       </c>
       <c r="I60" s="48" t="s">
         <v>142</v>
       </c>
-      <c r="J60" s="253"/>
+      <c r="J60" s="252"/>
     </row>
     <row r="61" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="271"/>
+      <c r="A61" s="270"/>
       <c r="B61" s="83">
         <v>1920</v>
       </c>
       <c r="C61" s="102"/>
       <c r="D61" s="64" t="s">
         <v>227</v>
       </c>
       <c r="E61" s="48" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="115" t="s">
         <v>137</v>
       </c>
       <c r="G61" s="48" t="s">
         <v>152</v>
       </c>
       <c r="H61" s="85" t="s">
         <v>141</v>
       </c>
       <c r="I61" s="48" t="s">
         <v>278</v>
       </c>
       <c r="J61" s="48" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="271"/>
+      <c r="A62" s="270"/>
       <c r="B62" s="87">
         <v>1921</v>
       </c>
       <c r="C62" s="105"/>
       <c r="D62" s="108" t="s">
         <v>227</v>
       </c>
       <c r="E62" s="49" t="s">
         <v>135</v>
       </c>
       <c r="F62" s="67" t="s">
         <v>137</v>
       </c>
       <c r="G62" s="162" t="s">
         <v>152</v>
       </c>
       <c r="H62" s="109" t="s">
         <v>141</v>
       </c>
       <c r="I62" s="67" t="s">
         <v>278</v>
       </c>
       <c r="J62" s="122" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="51"/>
       <c r="D63" s="51"/>
       <c r="F63" s="51"/>
       <c r="I63" s="51"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C64" s="166" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C65" s="215" t="s">
+      <c r="C65" s="214" t="s">
         <v>324</v>
       </c>
-      <c r="D65" s="215"/>
+      <c r="D65" s="214"/>
     </row>
     <row r="66" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C66" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D66" s="6"/>
     </row>
     <row r="67" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C67" s="259" t="s">
+      <c r="C67" s="258" t="s">
         <v>326</v>
       </c>
-      <c r="D67" s="259"/>
+      <c r="D67" s="258"/>
     </row>
     <row r="68" spans="3:4" x14ac:dyDescent="0.25">
-      <c r="C68" s="214" t="s">
+      <c r="C68" s="213" t="s">
         <v>271</v>
       </c>
-      <c r="D68" s="214"/>
+      <c r="D68" s="213"/>
     </row>
   </sheetData>
   <mergeCells count="86">
     <mergeCell ref="C68:D68"/>
     <mergeCell ref="J30:J31"/>
     <mergeCell ref="J43:J44"/>
     <mergeCell ref="J59:J60"/>
     <mergeCell ref="F48:F49"/>
     <mergeCell ref="H48:H49"/>
     <mergeCell ref="I48:I49"/>
     <mergeCell ref="J48:J49"/>
     <mergeCell ref="F53:F54"/>
     <mergeCell ref="G53:G54"/>
     <mergeCell ref="C59:C60"/>
     <mergeCell ref="D59:D60"/>
     <mergeCell ref="F59:F60"/>
     <mergeCell ref="D53:D54"/>
     <mergeCell ref="C48:C49"/>
     <mergeCell ref="C30:C31"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="I38:I39"/>
     <mergeCell ref="J38:J39"/>
     <mergeCell ref="I53:I54"/>
     <mergeCell ref="I45:I46"/>
     <mergeCell ref="J45:J46"/>
@@ -6921,1524 +6922,1524 @@
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="F30:F31"/>
     <mergeCell ref="G30:G31"/>
     <mergeCell ref="H30:H31"/>
     <mergeCell ref="F19:F20"/>
     <mergeCell ref="H19:H20"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="G12:G13"/>
     <mergeCell ref="H12:H13"/>
     <mergeCell ref="B30:B31"/>
     <mergeCell ref="F43:F44"/>
     <mergeCell ref="G43:G44"/>
     <mergeCell ref="H43:H44"/>
     <mergeCell ref="A40:F40"/>
     <mergeCell ref="B43:B44"/>
     <mergeCell ref="C43:C44"/>
     <mergeCell ref="D43:D44"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J144"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A113" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L120" sqref="L120"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L21" sqref="L21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="7" customWidth="1"/>
     <col min="3" max="3" width="11.1796875" customWidth="1"/>
     <col min="4" max="4" width="13.7265625" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" customWidth="1"/>
     <col min="8" max="8" width="12.26953125" customWidth="1"/>
     <col min="9" max="9" width="12.453125" customWidth="1"/>
     <col min="10" max="10" width="13.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C1" s="3" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="C2" s="3" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="139" customFormat="1" ht="57.5" x14ac:dyDescent="0.25">
-      <c r="A3" s="192" t="s">
+      <c r="A3" s="191" t="s">
         <v>302</v>
       </c>
       <c r="B3" s="185" t="s">
         <v>35</v>
       </c>
       <c r="C3" s="188" t="s">
         <v>34</v>
       </c>
       <c r="D3" s="185" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="185" t="s">
         <v>279</v>
       </c>
       <c r="F3" s="185" t="s">
         <v>31</v>
       </c>
       <c r="G3" s="185" t="s">
         <v>280</v>
       </c>
       <c r="H3" s="185" t="s">
         <v>281</v>
       </c>
       <c r="I3" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="185" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A4" s="193"/>
-      <c r="B4" s="194">
+      <c r="A4" s="192"/>
+      <c r="B4" s="193">
         <v>1921</v>
       </c>
-      <c r="C4" s="195"/>
+      <c r="C4" s="194"/>
       <c r="D4" s="183" t="s">
         <v>156</v>
       </c>
       <c r="E4" s="183" t="s">
         <v>157</v>
       </c>
       <c r="F4" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G4" s="183" t="s">
         <v>159</v>
       </c>
       <c r="H4" s="183" t="s">
         <v>160</v>
       </c>
       <c r="I4" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J4" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A5" s="275" t="s">
+      <c r="A5" s="274" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="194">
+      <c r="B5" s="193">
         <v>1922</v>
       </c>
-      <c r="C5" s="195"/>
+      <c r="C5" s="194"/>
       <c r="D5" s="183" t="s">
         <v>156</v>
       </c>
       <c r="E5" s="183" t="s">
         <v>157</v>
       </c>
       <c r="F5" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G5" s="183" t="s">
         <v>159</v>
       </c>
       <c r="H5" s="183" t="s">
         <v>160</v>
       </c>
       <c r="I5" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J5" s="138" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A6" s="275"/>
-      <c r="B6" s="194">
+      <c r="A6" s="274"/>
+      <c r="B6" s="193">
         <v>1923</v>
       </c>
-      <c r="C6" s="195"/>
+      <c r="C6" s="194"/>
       <c r="D6" s="183" t="s">
         <v>156</v>
       </c>
       <c r="E6" s="183" t="s">
         <v>157</v>
       </c>
       <c r="F6" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G6" s="183" t="s">
         <v>159</v>
       </c>
       <c r="H6" s="183" t="s">
         <v>160</v>
       </c>
-      <c r="I6" s="196" t="s">
+      <c r="I6" s="195" t="s">
         <v>161</v>
       </c>
       <c r="J6" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A7" s="275"/>
-      <c r="B7" s="194">
+      <c r="A7" s="274"/>
+      <c r="B7" s="193">
         <v>1924</v>
       </c>
-      <c r="C7" s="195"/>
+      <c r="C7" s="194"/>
       <c r="D7" s="183" t="s">
         <v>156</v>
       </c>
       <c r="E7" s="183" t="s">
         <v>157</v>
       </c>
       <c r="F7" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G7" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H7" s="196" t="s">
+      <c r="H7" s="195" t="s">
         <v>160</v>
       </c>
       <c r="I7" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J7" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A8" s="275"/>
-      <c r="B8" s="194">
+      <c r="A8" s="274"/>
+      <c r="B8" s="193">
         <v>1925</v>
       </c>
-      <c r="C8" s="195"/>
+      <c r="C8" s="194"/>
       <c r="D8" s="183" t="s">
         <v>156</v>
       </c>
-      <c r="E8" s="196" t="s">
+      <c r="E8" s="195" t="s">
         <v>157</v>
       </c>
       <c r="F8" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G8" s="183" t="s">
         <v>159</v>
       </c>
       <c r="H8" s="183" t="s">
         <v>160</v>
       </c>
       <c r="I8" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J8" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="275"/>
-      <c r="B9" s="194">
+      <c r="A9" s="274"/>
+      <c r="B9" s="193">
         <v>1926</v>
       </c>
-      <c r="C9" s="195"/>
+      <c r="C9" s="194"/>
       <c r="D9" s="183" t="s">
         <v>156</v>
       </c>
       <c r="E9" s="183" t="s">
         <v>157</v>
       </c>
-      <c r="F9" s="196" t="s">
+      <c r="F9" s="195" t="s">
         <v>158</v>
       </c>
       <c r="G9" s="183" t="s">
         <v>159</v>
       </c>
       <c r="H9" s="183" t="s">
         <v>160</v>
       </c>
       <c r="I9" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J9" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="38" x14ac:dyDescent="0.3">
-      <c r="A10" s="275" t="s">
+      <c r="A10" s="274" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="194">
+      <c r="B10" s="193">
         <v>1927</v>
       </c>
-      <c r="C10" s="197" t="s">
+      <c r="C10" s="196" t="s">
         <v>144</v>
       </c>
       <c r="D10" s="183" t="s">
         <v>73</v>
       </c>
       <c r="E10" s="183" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="183" t="s">
         <v>158</v>
       </c>
-      <c r="G10" s="196" t="s">
+      <c r="G10" s="195" t="s">
         <v>159</v>
       </c>
-      <c r="H10" s="198" t="s">
+      <c r="H10" s="197" t="s">
         <v>72</v>
       </c>
       <c r="I10" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J10" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="275"/>
-      <c r="B11" s="194">
+      <c r="A11" s="274"/>
+      <c r="B11" s="193">
         <v>1928</v>
       </c>
-      <c r="C11" s="195"/>
-      <c r="D11" s="199" t="s">
+      <c r="C11" s="194"/>
+      <c r="D11" s="198" t="s">
         <v>157</v>
       </c>
       <c r="E11" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F11" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G11" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H11" s="199" t="s">
+      <c r="H11" s="198" t="s">
         <v>163</v>
       </c>
       <c r="I11" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J11" s="138" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A12" s="275"/>
-      <c r="B12" s="194">
+      <c r="A12" s="274"/>
+      <c r="B12" s="193">
         <v>1929</v>
       </c>
-      <c r="C12" s="195"/>
-      <c r="D12" s="199" t="s">
+      <c r="C12" s="194"/>
+      <c r="D12" s="198" t="s">
         <v>157</v>
       </c>
       <c r="E12" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F12" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G12" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H12" s="199" t="s">
+      <c r="H12" s="198" t="s">
         <v>163</v>
       </c>
-      <c r="I12" s="196" t="s">
+      <c r="I12" s="195" t="s">
         <v>161</v>
       </c>
       <c r="J12" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A13" s="275"/>
-      <c r="B13" s="194">
+      <c r="A13" s="274"/>
+      <c r="B13" s="193">
         <v>1930</v>
       </c>
-      <c r="C13" s="195"/>
-      <c r="D13" s="199" t="s">
+      <c r="C13" s="194"/>
+      <c r="D13" s="198" t="s">
         <v>157</v>
       </c>
-      <c r="E13" s="196" t="s">
+      <c r="E13" s="195" t="s">
         <v>160</v>
       </c>
       <c r="F13" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G13" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H13" s="199" t="s">
+      <c r="H13" s="198" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J13" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A14" s="275"/>
-      <c r="B14" s="194">
+      <c r="A14" s="274"/>
+      <c r="B14" s="193">
         <v>1931</v>
       </c>
-      <c r="C14" s="195"/>
-      <c r="D14" s="199" t="s">
+      <c r="C14" s="194"/>
+      <c r="D14" s="198" t="s">
         <v>157</v>
       </c>
       <c r="E14" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F14" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G14" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H14" s="200" t="s">
+      <c r="H14" s="199" t="s">
         <v>163</v>
       </c>
       <c r="I14" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J14" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A15" s="275" t="s">
+      <c r="A15" s="274" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="194">
+      <c r="B15" s="193">
         <v>1932</v>
       </c>
-      <c r="C15" s="195"/>
-      <c r="D15" s="200" t="s">
+      <c r="C15" s="194"/>
+      <c r="D15" s="199" t="s">
         <v>157</v>
       </c>
       <c r="E15" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F15" s="183" t="s">
         <v>158</v>
       </c>
       <c r="G15" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H15" s="201" t="s">
+      <c r="H15" s="200" t="s">
         <v>163</v>
       </c>
       <c r="I15" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J15" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="275"/>
-      <c r="B16" s="194">
+      <c r="A16" s="274"/>
+      <c r="B16" s="193">
         <v>1933</v>
       </c>
       <c r="C16" s="180" t="s">
         <v>151</v>
       </c>
-      <c r="D16" s="198" t="s">
+      <c r="D16" s="197" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="183" t="s">
         <v>160</v>
       </c>
-      <c r="F16" s="196" t="s">
+      <c r="F16" s="195" t="s">
         <v>158</v>
       </c>
       <c r="G16" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H16" s="201" t="s">
+      <c r="H16" s="200" t="s">
         <v>163</v>
       </c>
       <c r="I16" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J16" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A17" s="275"/>
-      <c r="B17" s="194">
+      <c r="A17" s="274"/>
+      <c r="B17" s="193">
         <v>1934</v>
       </c>
-      <c r="C17" s="195"/>
-      <c r="D17" s="199" t="s">
+      <c r="C17" s="194"/>
+      <c r="D17" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E17" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F17" s="183" t="s">
         <v>158</v>
       </c>
-      <c r="G17" s="196" t="s">
+      <c r="G17" s="195" t="s">
         <v>159</v>
       </c>
-      <c r="H17" s="201" t="s">
+      <c r="H17" s="200" t="s">
         <v>163</v>
       </c>
       <c r="I17" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J17" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="34.5" x14ac:dyDescent="0.3">
-      <c r="A18" s="275"/>
-      <c r="B18" s="194">
+      <c r="A18" s="274"/>
+      <c r="B18" s="193">
         <v>1935</v>
       </c>
-      <c r="C18" s="197" t="s">
+      <c r="C18" s="196" t="s">
         <v>62</v>
       </c>
-      <c r="D18" s="199" t="s">
+      <c r="D18" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E18" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F18" s="183" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H18" s="201" t="s">
+      <c r="H18" s="200" t="s">
         <v>163</v>
       </c>
       <c r="I18" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J18" s="138" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A19" s="275"/>
-      <c r="B19" s="194">
+      <c r="A19" s="274"/>
+      <c r="B19" s="193">
         <v>1936</v>
       </c>
-      <c r="C19" s="195"/>
-      <c r="D19" s="199" t="s">
+      <c r="C19" s="194"/>
+      <c r="D19" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E19" s="183" t="s">
         <v>160</v>
       </c>
       <c r="F19" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G19" s="183" t="s">
         <v>159</v>
       </c>
-      <c r="H19" s="201" t="s">
+      <c r="H19" s="200" t="s">
         <v>163</v>
       </c>
-      <c r="I19" s="196" t="s">
+      <c r="I19" s="195" t="s">
         <v>161</v>
       </c>
       <c r="J19" s="137" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="139" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="192" t="s">
+      <c r="A20" s="191" t="s">
         <v>302</v>
       </c>
       <c r="B20" s="185" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="188" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="185" t="s">
         <v>282</v>
       </c>
       <c r="E20" s="185" t="s">
         <v>283</v>
       </c>
       <c r="F20" s="185" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="185" t="s">
         <v>285</v>
       </c>
       <c r="H20" s="185" t="s">
         <v>284</v>
       </c>
       <c r="I20" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="185" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A21" s="275" t="s">
+      <c r="A21" s="274" t="s">
         <v>40</v>
       </c>
-      <c r="B21" s="194">
+      <c r="B21" s="193">
         <v>1937</v>
       </c>
-      <c r="C21" s="195"/>
-      <c r="D21" s="199" t="s">
+      <c r="C21" s="194"/>
+      <c r="D21" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E21" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F21" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G21" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H21" s="202" t="s">
+      <c r="H21" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I21" s="183" t="s">
         <v>161</v>
       </c>
-      <c r="J21" s="196" t="s">
+      <c r="J21" s="195" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A22" s="275"/>
-      <c r="B22" s="194">
+      <c r="A22" s="274"/>
+      <c r="B22" s="193">
         <v>1938</v>
       </c>
-      <c r="C22" s="195"/>
-      <c r="D22" s="199" t="s">
+      <c r="C22" s="194"/>
+      <c r="D22" s="198" t="s">
         <v>164</v>
       </c>
-      <c r="E22" s="196" t="s">
+      <c r="E22" s="195" t="s">
         <v>163</v>
       </c>
       <c r="F22" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G22" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H22" s="202" t="s">
+      <c r="H22" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I22" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J22" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A23" s="275"/>
-      <c r="B23" s="194">
+      <c r="A23" s="274"/>
+      <c r="B23" s="193">
         <v>1939</v>
       </c>
-      <c r="C23" s="195"/>
-      <c r="D23" s="200" t="s">
+      <c r="C23" s="194"/>
+      <c r="D23" s="199" t="s">
         <v>164</v>
       </c>
       <c r="E23" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F23" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G23" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H23" s="202" t="s">
+      <c r="H23" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I23" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J23" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A24" s="275"/>
-      <c r="B24" s="194">
+      <c r="A24" s="274"/>
+      <c r="B24" s="193">
         <v>1940</v>
       </c>
-      <c r="C24" s="195"/>
-      <c r="D24" s="199" t="s">
+      <c r="C24" s="194"/>
+      <c r="D24" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E24" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F24" s="196" t="s">
+      <c r="F24" s="195" t="s">
         <v>165</v>
       </c>
       <c r="G24" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H24" s="202" t="s">
+      <c r="H24" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I24" s="183" t="s">
         <v>161</v>
       </c>
       <c r="J24" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="46" x14ac:dyDescent="0.3">
-      <c r="A25" s="275"/>
-      <c r="B25" s="194">
+      <c r="A25" s="274"/>
+      <c r="B25" s="193">
         <v>1941</v>
       </c>
-      <c r="C25" s="197" t="s">
+      <c r="C25" s="196" t="s">
         <v>142</v>
       </c>
-      <c r="D25" s="199" t="s">
+      <c r="D25" s="198" t="s">
         <v>164</v>
       </c>
       <c r="E25" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F25" s="183" t="s">
         <v>165</v>
       </c>
-      <c r="G25" s="196" t="s">
+      <c r="G25" s="195" t="s">
         <v>166</v>
       </c>
-      <c r="H25" s="202" t="s">
+      <c r="H25" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I25" s="183" t="s">
         <v>75</v>
       </c>
       <c r="J25" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A26" s="275" t="s">
+      <c r="A26" s="274" t="s">
         <v>41</v>
       </c>
-      <c r="B26" s="194">
+      <c r="B26" s="193">
         <v>1942</v>
       </c>
-      <c r="C26" s="195"/>
+      <c r="C26" s="194"/>
       <c r="D26" s="183" t="s">
         <v>164</v>
       </c>
       <c r="E26" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F26" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G26" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H26" s="203" t="s">
+      <c r="H26" s="202" t="s">
         <v>167</v>
       </c>
       <c r="I26" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J26" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A27" s="275"/>
-      <c r="B27" s="194">
+      <c r="A27" s="274"/>
+      <c r="B27" s="193">
         <v>1943</v>
       </c>
-      <c r="C27" s="195"/>
+      <c r="C27" s="194"/>
       <c r="D27" s="183" t="s">
         <v>164</v>
       </c>
       <c r="E27" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F27" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G27" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H27" s="202" t="s">
+      <c r="H27" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I27" s="183" t="s">
         <v>168</v>
       </c>
-      <c r="J27" s="196" t="s">
+      <c r="J27" s="195" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A28" s="275"/>
-      <c r="B28" s="194">
+      <c r="A28" s="274"/>
+      <c r="B28" s="193">
         <v>1944</v>
       </c>
-      <c r="C28" s="195"/>
+      <c r="C28" s="194"/>
       <c r="D28" s="183" t="s">
         <v>164</v>
       </c>
-      <c r="E28" s="196" t="s">
+      <c r="E28" s="195" t="s">
         <v>163</v>
       </c>
       <c r="F28" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G28" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H28" s="202" t="s">
+      <c r="H28" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I28" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J28" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A29" s="275"/>
-      <c r="B29" s="194">
+      <c r="A29" s="274"/>
+      <c r="B29" s="193">
         <v>1945</v>
       </c>
-      <c r="C29" s="195"/>
-      <c r="D29" s="196" t="s">
+      <c r="C29" s="194"/>
+      <c r="D29" s="195" t="s">
         <v>164</v>
       </c>
       <c r="E29" s="183" t="s">
         <v>163</v>
       </c>
       <c r="F29" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G29" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H29" s="202" t="s">
+      <c r="H29" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I29" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J29" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A30" s="275"/>
-      <c r="B30" s="194">
+      <c r="A30" s="274"/>
+      <c r="B30" s="193">
         <v>1946</v>
       </c>
-      <c r="C30" s="195"/>
+      <c r="C30" s="194"/>
       <c r="D30" s="183" t="s">
         <v>164</v>
       </c>
       <c r="E30" s="183" t="s">
         <v>163</v>
       </c>
-      <c r="F30" s="196" t="s">
+      <c r="F30" s="195" t="s">
         <v>165</v>
       </c>
       <c r="G30" s="183" t="s">
         <v>166</v>
       </c>
-      <c r="H30" s="202" t="s">
+      <c r="H30" s="201" t="s">
         <v>167</v>
       </c>
       <c r="I30" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J30" s="183" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="77" x14ac:dyDescent="0.25">
       <c r="A31" s="186"/>
       <c r="B31" s="185"/>
       <c r="C31" s="188"/>
       <c r="D31" s="185" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="185" t="s">
         <v>335</v>
       </c>
       <c r="F31" s="185" t="s">
         <v>286</v>
       </c>
       <c r="G31" s="185" t="s">
         <v>334</v>
       </c>
       <c r="H31" s="185" t="s">
         <v>332</v>
       </c>
       <c r="I31" s="185" t="s">
         <v>333</v>
       </c>
       <c r="J31" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A32" s="275" t="s">
+      <c r="A32" s="274" t="s">
         <v>42</v>
       </c>
-      <c r="B32" s="194">
+      <c r="B32" s="193">
         <v>1947</v>
       </c>
-      <c r="C32" s="195"/>
+      <c r="C32" s="194"/>
       <c r="D32" s="183" t="s">
         <v>163</v>
       </c>
       <c r="E32" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F32" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G32" s="137" t="s">
         <v>167</v>
       </c>
       <c r="H32" s="183" t="s">
         <v>170</v>
       </c>
-      <c r="I32" s="196" t="s">
+      <c r="I32" s="195" t="s">
         <v>168</v>
       </c>
       <c r="J32" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A33" s="275"/>
-      <c r="B33" s="194">
+      <c r="A33" s="274"/>
+      <c r="B33" s="193">
         <v>1948</v>
       </c>
-      <c r="C33" s="195"/>
+      <c r="C33" s="194"/>
       <c r="D33" s="183" t="s">
         <v>163</v>
       </c>
       <c r="E33" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F33" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G33" s="137" t="s">
         <v>167</v>
       </c>
       <c r="H33" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I33" s="183" t="s">
         <v>168</v>
       </c>
-      <c r="J33" s="196" t="s">
+      <c r="J33" s="195" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A34" s="275"/>
-      <c r="B34" s="194">
+      <c r="A34" s="274"/>
+      <c r="B34" s="193">
         <v>1949</v>
       </c>
-      <c r="C34" s="195"/>
-      <c r="D34" s="196" t="s">
+      <c r="C34" s="194"/>
+      <c r="D34" s="195" t="s">
         <v>163</v>
       </c>
       <c r="E34" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F34" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G34" s="137" t="s">
         <v>167</v>
       </c>
       <c r="H34" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I34" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J34" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A35" s="275"/>
-      <c r="B35" s="194">
+      <c r="A35" s="274"/>
+      <c r="B35" s="193">
         <v>1950</v>
       </c>
-      <c r="C35" s="195"/>
+      <c r="C35" s="194"/>
       <c r="D35" s="183" t="s">
         <v>163</v>
       </c>
       <c r="E35" s="137" t="s">
         <v>169</v>
       </c>
-      <c r="F35" s="196" t="s">
+      <c r="F35" s="195" t="s">
         <v>165</v>
       </c>
       <c r="G35" s="137" t="s">
         <v>167</v>
       </c>
       <c r="H35" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I35" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J35" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A36" s="275"/>
-      <c r="B36" s="194">
+      <c r="A36" s="274"/>
+      <c r="B36" s="193">
         <v>1951</v>
       </c>
-      <c r="C36" s="195"/>
+      <c r="C36" s="194"/>
       <c r="D36" s="183" t="s">
         <v>163</v>
       </c>
       <c r="E36" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F36" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G36" s="137" t="s">
         <v>167</v>
       </c>
-      <c r="H36" s="196" t="s">
+      <c r="H36" s="195" t="s">
         <v>170</v>
       </c>
       <c r="I36" s="183" t="s">
         <v>168</v>
       </c>
       <c r="J36" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="57.5" x14ac:dyDescent="0.25">
       <c r="A37" s="186"/>
       <c r="B37" s="185"/>
       <c r="C37" s="188"/>
       <c r="D37" s="185" t="s">
         <v>288</v>
       </c>
       <c r="E37" s="185" t="s">
         <v>335</v>
       </c>
       <c r="F37" s="185" t="s">
         <v>286</v>
       </c>
       <c r="G37" s="185" t="s">
         <v>289</v>
       </c>
       <c r="H37" s="185" t="s">
         <v>307</v>
       </c>
       <c r="I37" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="34.5" x14ac:dyDescent="0.3">
-      <c r="A38" s="275" t="s">
+      <c r="A38" s="274" t="s">
         <v>43</v>
       </c>
-      <c r="B38" s="194">
+      <c r="B38" s="193">
         <v>1952</v>
       </c>
-      <c r="C38" s="197" t="s">
+      <c r="C38" s="196" t="s">
         <v>63</v>
       </c>
       <c r="D38" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E38" s="138" t="s">
         <v>169</v>
       </c>
       <c r="F38" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G38" s="137" t="s">
         <v>59</v>
       </c>
       <c r="H38" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I38" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J38" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A39" s="275"/>
-      <c r="B39" s="194">
+      <c r="A39" s="274"/>
+      <c r="B39" s="193">
         <v>1953</v>
       </c>
-      <c r="C39" s="195"/>
+      <c r="C39" s="194"/>
       <c r="D39" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E39" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F39" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G39" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H39" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I39" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="J39" s="196" t="s">
+      <c r="J39" s="195" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A40" s="275"/>
-      <c r="B40" s="194">
+      <c r="A40" s="274"/>
+      <c r="B40" s="193">
         <v>1954</v>
       </c>
-      <c r="C40" s="195"/>
+      <c r="C40" s="194"/>
       <c r="D40" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E40" s="137" t="s">
         <v>169</v>
       </c>
-      <c r="F40" s="196" t="s">
+      <c r="F40" s="195" t="s">
         <v>165</v>
       </c>
       <c r="G40" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H40" s="183" t="s">
         <v>170</v>
       </c>
       <c r="I40" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J40" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A41" s="275"/>
-      <c r="B41" s="194">
+      <c r="A41" s="274"/>
+      <c r="B41" s="193">
         <v>1955</v>
       </c>
-      <c r="C41" s="195"/>
+      <c r="C41" s="194"/>
       <c r="D41" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E41" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F41" s="183" t="s">
         <v>165</v>
       </c>
       <c r="G41" s="137" t="s">
         <v>173</v>
       </c>
-      <c r="H41" s="196" t="s">
+      <c r="H41" s="195" t="s">
         <v>170</v>
       </c>
       <c r="I41" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J41" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="34.5" x14ac:dyDescent="0.3">
-      <c r="A42" s="275"/>
-      <c r="B42" s="194">
+      <c r="A42" s="274"/>
+      <c r="B42" s="193">
         <v>1956</v>
       </c>
-      <c r="C42" s="197" t="s">
+      <c r="C42" s="196" t="s">
         <v>64</v>
       </c>
-      <c r="D42" s="196" t="s">
+      <c r="D42" s="195" t="s">
         <v>171</v>
       </c>
       <c r="E42" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F42" s="183" t="s">
         <v>58</v>
       </c>
       <c r="G42" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H42" s="183" t="s">
         <v>60</v>
       </c>
       <c r="I42" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J42" s="183" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="57.5" x14ac:dyDescent="0.25">
       <c r="A43" s="186"/>
       <c r="B43" s="185"/>
       <c r="C43" s="188"/>
       <c r="D43" s="185" t="s">
         <v>33</v>
       </c>
       <c r="E43" s="185" t="s">
         <v>336</v>
       </c>
       <c r="F43" s="185" t="s">
         <v>286</v>
       </c>
       <c r="G43" s="185" t="s">
         <v>308</v>
       </c>
       <c r="H43" s="185" t="s">
         <v>309</v>
       </c>
       <c r="I43" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J43" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A44" s="275" t="s">
+      <c r="A44" s="274" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="194">
+      <c r="B44" s="193">
         <v>1957</v>
       </c>
-      <c r="C44" s="204"/>
+      <c r="C44" s="203"/>
       <c r="D44" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E44" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F44" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G44" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H44" s="183" t="s">
         <v>175</v>
       </c>
-      <c r="I44" s="196" t="s">
+      <c r="I44" s="195" t="s">
         <v>172</v>
       </c>
       <c r="J44" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A45" s="275"/>
-      <c r="B45" s="194">
+      <c r="A45" s="274"/>
+      <c r="B45" s="193">
         <v>1958</v>
       </c>
-      <c r="C45" s="204"/>
+      <c r="C45" s="203"/>
       <c r="D45" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="137" t="s">
         <v>169</v>
       </c>
       <c r="F45" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G45" s="138" t="s">
         <v>173</v>
       </c>
       <c r="H45" s="183" t="s">
         <v>175</v>
       </c>
       <c r="I45" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J45" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A46" s="275"/>
-      <c r="B46" s="194">
+      <c r="A46" s="274"/>
+      <c r="B46" s="193">
         <v>1959</v>
       </c>
-      <c r="C46" s="204"/>
+      <c r="C46" s="203"/>
       <c r="D46" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E46" s="138" t="s">
         <v>169</v>
       </c>
       <c r="F46" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G46" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H46" s="183" t="s">
         <v>175</v>
       </c>
       <c r="I46" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J46" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="24" x14ac:dyDescent="0.25">
-      <c r="A47" s="275"/>
-      <c r="B47" s="194">
+      <c r="A47" s="274"/>
+      <c r="B47" s="193">
         <v>1960</v>
       </c>
-      <c r="C47" s="204" t="s">
+      <c r="C47" s="203" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E47" s="137" t="s">
         <v>76</v>
       </c>
-      <c r="F47" s="196" t="s">
+      <c r="F47" s="195" t="s">
         <v>170</v>
       </c>
       <c r="G47" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H47" s="183" t="s">
         <v>175</v>
       </c>
       <c r="I47" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J47" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="275"/>
-      <c r="B48" s="194">
+      <c r="A48" s="274"/>
+      <c r="B48" s="193">
         <v>1961</v>
       </c>
-      <c r="C48" s="204"/>
+      <c r="C48" s="203"/>
       <c r="D48" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E48" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G48" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H48" s="183" t="s">
         <v>175</v>
       </c>
       <c r="I48" s="183" t="s">
         <v>172</v>
       </c>
-      <c r="J48" s="196" t="s">
+      <c r="J48" s="195" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A49" s="275" t="s">
+      <c r="A49" s="274" t="s">
         <v>45</v>
       </c>
-      <c r="B49" s="194">
+      <c r="B49" s="193">
         <v>1962</v>
       </c>
-      <c r="C49" s="204"/>
-      <c r="D49" s="196" t="s">
+      <c r="C49" s="203"/>
+      <c r="D49" s="195" t="s">
         <v>171</v>
       </c>
       <c r="E49" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F49" s="183" t="s">
         <v>310</v>
       </c>
       <c r="G49" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H49" s="183" t="s">
         <v>312</v>
       </c>
       <c r="I49" s="183" t="s">
         <v>313</v>
       </c>
       <c r="J49" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A50" s="275"/>
-      <c r="B50" s="194">
+      <c r="A50" s="274"/>
+      <c r="B50" s="193">
         <v>1963</v>
       </c>
-      <c r="C50" s="204"/>
+      <c r="C50" s="203"/>
       <c r="D50" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E50" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F50" s="183" t="s">
         <v>310</v>
       </c>
       <c r="G50" s="137" t="s">
         <v>173</v>
       </c>
-      <c r="H50" s="196" t="s">
+      <c r="H50" s="195" t="s">
         <v>175</v>
       </c>
       <c r="I50" s="183" t="s">
         <v>313</v>
       </c>
       <c r="J50" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A51" s="275"/>
-      <c r="B51" s="194">
+      <c r="A51" s="274"/>
+      <c r="B51" s="193">
         <v>1964</v>
       </c>
-      <c r="C51" s="204"/>
+      <c r="C51" s="203"/>
       <c r="D51" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E51" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F51" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G51" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H51" s="183" t="s">
         <v>312</v>
       </c>
-      <c r="I51" s="196" t="s">
+      <c r="I51" s="195" t="s">
         <v>172</v>
       </c>
       <c r="J51" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A52" s="275"/>
-      <c r="B52" s="194">
+      <c r="A52" s="274"/>
+      <c r="B52" s="193">
         <v>1965</v>
       </c>
-      <c r="C52" s="204"/>
+      <c r="C52" s="203"/>
       <c r="D52" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E52" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F52" s="183" t="s">
         <v>170</v>
       </c>
       <c r="G52" s="138" t="s">
         <v>311</v>
       </c>
       <c r="H52" s="183" t="s">
         <v>312</v>
       </c>
       <c r="I52" s="183" t="s">
         <v>172</v>
       </c>
       <c r="J52" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A53" s="275"/>
-      <c r="B53" s="194">
+      <c r="A53" s="274"/>
+      <c r="B53" s="193">
         <v>1966</v>
       </c>
-      <c r="C53" s="204" t="s">
+      <c r="C53" s="203" t="s">
         <v>314</v>
       </c>
       <c r="D53" s="183" t="s">
         <v>171</v>
       </c>
       <c r="E53" s="138" t="s">
         <v>176</v>
       </c>
       <c r="F53" s="183" t="s">
         <v>263</v>
       </c>
       <c r="G53" s="137" t="s">
         <v>262</v>
       </c>
       <c r="H53" s="183" t="s">
         <v>264</v>
       </c>
       <c r="I53" s="183" t="s">
         <v>265</v>
       </c>
       <c r="J53" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="69" x14ac:dyDescent="0.25">
@@ -8446,2045 +8447,2073 @@
       <c r="B54" s="185"/>
       <c r="C54" s="188"/>
       <c r="D54" s="185" t="s">
         <v>33</v>
       </c>
       <c r="E54" s="185" t="s">
         <v>336</v>
       </c>
       <c r="F54" s="185" t="s">
         <v>2</v>
       </c>
       <c r="G54" s="185" t="s">
         <v>337</v>
       </c>
       <c r="H54" s="185" t="s">
         <v>338</v>
       </c>
       <c r="I54" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A55" s="275" t="s">
+      <c r="A55" s="274" t="s">
         <v>46</v>
       </c>
-      <c r="B55" s="194">
+      <c r="B55" s="193">
         <v>1967</v>
       </c>
-      <c r="C55" s="195"/>
+      <c r="C55" s="194"/>
       <c r="D55" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E55" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F55" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G55" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H55" s="137" t="s">
         <v>179</v>
       </c>
       <c r="I55" s="183" t="s">
         <v>180</v>
       </c>
-      <c r="J55" s="196" t="s">
+      <c r="J55" s="195" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A56" s="275"/>
-      <c r="B56" s="194">
+      <c r="A56" s="274"/>
+      <c r="B56" s="193">
         <v>1968</v>
       </c>
-      <c r="C56" s="195"/>
+      <c r="C56" s="194"/>
       <c r="D56" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E56" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F56" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G56" s="138" t="s">
         <v>173</v>
       </c>
       <c r="H56" s="137" t="s">
         <v>179</v>
       </c>
       <c r="I56" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J56" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A57" s="275"/>
-      <c r="B57" s="194">
+      <c r="A57" s="274"/>
+      <c r="B57" s="193">
         <v>1969</v>
       </c>
-      <c r="C57" s="195"/>
+      <c r="C57" s="194"/>
       <c r="D57" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E57" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F57" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G57" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H57" s="138" t="s">
         <v>179</v>
       </c>
       <c r="I57" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J57" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A58" s="275"/>
-      <c r="B58" s="194">
+      <c r="A58" s="274"/>
+      <c r="B58" s="193">
         <v>1970</v>
       </c>
-      <c r="C58" s="195"/>
+      <c r="C58" s="194"/>
       <c r="D58" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E58" s="138" t="s">
         <v>176</v>
       </c>
       <c r="F58" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G58" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H58" s="137" t="s">
         <v>179</v>
       </c>
       <c r="I58" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J58" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A59" s="275"/>
-      <c r="B59" s="194">
+      <c r="A59" s="274"/>
+      <c r="B59" s="193">
         <v>1971</v>
       </c>
-      <c r="C59" s="195"/>
-      <c r="D59" s="196" t="s">
+      <c r="C59" s="194"/>
+      <c r="D59" s="195" t="s">
         <v>177</v>
       </c>
       <c r="E59" s="137" t="s">
         <v>176</v>
       </c>
       <c r="F59" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G59" s="137" t="s">
         <v>173</v>
       </c>
       <c r="H59" s="137" t="s">
         <v>179</v>
       </c>
       <c r="I59" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J59" s="183" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A60" s="275" t="s">
+      <c r="A60" s="274" t="s">
         <v>47</v>
       </c>
-      <c r="B60" s="194">
+      <c r="B60" s="193">
         <v>1972</v>
       </c>
-      <c r="C60" s="195"/>
+      <c r="C60" s="194"/>
       <c r="D60" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E60" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F60" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G60" s="137" t="s">
         <v>182</v>
       </c>
       <c r="H60" s="181" t="s">
         <v>77</v>
       </c>
-      <c r="I60" s="196" t="s">
+      <c r="I60" s="195" t="s">
         <v>180</v>
       </c>
       <c r="J60" s="181" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="46" x14ac:dyDescent="0.25">
-      <c r="A61" s="275"/>
-[...1 lines deleted...]
-      <c r="C61" s="206"/>
+      <c r="A61" s="274"/>
+      <c r="B61" s="204"/>
+      <c r="C61" s="205"/>
       <c r="D61" s="185" t="s">
         <v>290</v>
       </c>
       <c r="E61" s="185" t="s">
         <v>0</v>
       </c>
       <c r="F61" s="185" t="s">
         <v>1</v>
       </c>
       <c r="G61" s="185" t="s">
         <v>291</v>
       </c>
       <c r="H61" s="185" t="s">
         <v>3</v>
       </c>
       <c r="I61" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A62" s="275"/>
-      <c r="B62" s="194">
+      <c r="A62" s="274"/>
+      <c r="B62" s="193">
         <v>1973</v>
       </c>
-      <c r="C62" s="195"/>
+      <c r="C62" s="194"/>
       <c r="D62" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E62" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="F62" s="196" t="s">
+      <c r="F62" s="195" t="s">
         <v>178</v>
       </c>
       <c r="G62" s="137" t="s">
         <v>182</v>
       </c>
       <c r="H62" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I62" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J62" s="181" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="13" x14ac:dyDescent="0.3">
-      <c r="A63" s="275"/>
-      <c r="B63" s="194">
+      <c r="A63" s="274"/>
+      <c r="B63" s="193">
         <v>1974</v>
       </c>
-      <c r="C63" s="195"/>
-      <c r="D63" s="196" t="s">
+      <c r="C63" s="194"/>
+      <c r="D63" s="195" t="s">
         <v>177</v>
       </c>
       <c r="E63" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F63" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G63" s="137" t="s">
         <v>182</v>
       </c>
       <c r="H63" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I63" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J63" s="181" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="13" x14ac:dyDescent="0.3">
-      <c r="A64" s="275"/>
-      <c r="B64" s="194">
+      <c r="A64" s="274"/>
+      <c r="B64" s="193">
         <v>1975</v>
       </c>
-      <c r="C64" s="195"/>
+      <c r="C64" s="194"/>
       <c r="D64" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E64" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F64" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G64" s="137" t="s">
         <v>182</v>
       </c>
       <c r="H64" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I64" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J64" s="184" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A65" s="275"/>
-      <c r="B65" s="194">
+      <c r="A65" s="274"/>
+      <c r="B65" s="193">
         <v>1976</v>
       </c>
-      <c r="C65" s="195"/>
+      <c r="C65" s="194"/>
       <c r="D65" s="183" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F65" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G65" s="138" t="s">
         <v>182</v>
       </c>
       <c r="H65" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I65" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J65" s="181" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A66" s="275" t="s">
+      <c r="A66" s="274" t="s">
         <v>48</v>
       </c>
-      <c r="B66" s="194">
+      <c r="B66" s="193">
         <v>1977</v>
       </c>
-      <c r="C66" s="195"/>
+      <c r="C66" s="194"/>
       <c r="D66" s="183" t="s">
         <v>79</v>
       </c>
-      <c r="E66" s="196" t="s">
+      <c r="E66" s="195" t="s">
         <v>181</v>
       </c>
       <c r="F66" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G66" s="189" t="s">
         <v>182</v>
       </c>
       <c r="H66" s="137" t="s">
         <v>80</v>
       </c>
       <c r="I66" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J66" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A67" s="275"/>
-      <c r="B67" s="194">
+      <c r="A67" s="274"/>
+      <c r="B67" s="193">
         <v>1978</v>
       </c>
-      <c r="C67" s="195"/>
+      <c r="C67" s="194"/>
       <c r="D67" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E67" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F67" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G67" s="189" t="s">
         <v>182</v>
       </c>
       <c r="H67" s="137" t="s">
         <v>80</v>
       </c>
-      <c r="I67" s="196" t="s">
+      <c r="I67" s="195" t="s">
         <v>180</v>
       </c>
       <c r="J67" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A68" s="275"/>
-      <c r="B68" s="194">
+      <c r="A68" s="274"/>
+      <c r="B68" s="193">
         <v>1979</v>
       </c>
-      <c r="C68" s="195"/>
+      <c r="C68" s="194"/>
       <c r="D68" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E68" s="183" t="s">
         <v>181</v>
       </c>
-      <c r="F68" s="196" t="s">
+      <c r="F68" s="195" t="s">
         <v>178</v>
       </c>
       <c r="G68" s="189" t="s">
         <v>182</v>
       </c>
       <c r="H68" s="137" t="s">
         <v>80</v>
       </c>
       <c r="I68" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J68" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A69" s="275"/>
-      <c r="B69" s="194">
+      <c r="A69" s="274"/>
+      <c r="B69" s="193">
         <v>1980</v>
       </c>
-      <c r="C69" s="195"/>
+      <c r="C69" s="194"/>
       <c r="D69" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E69" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F69" s="183" t="s">
         <v>178</v>
       </c>
-      <c r="G69" s="207" t="s">
+      <c r="G69" s="206" t="s">
         <v>182</v>
       </c>
       <c r="H69" s="137" t="s">
         <v>80</v>
       </c>
       <c r="I69" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J69" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="70" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A70" s="275"/>
-      <c r="B70" s="194">
+      <c r="A70" s="274"/>
+      <c r="B70" s="193">
         <v>1981</v>
       </c>
-      <c r="C70" s="195"/>
+      <c r="C70" s="194"/>
       <c r="D70" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E70" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F70" s="183" t="s">
         <v>178</v>
       </c>
       <c r="G70" s="189" t="s">
         <v>182</v>
       </c>
       <c r="H70" s="137" t="s">
         <v>80</v>
       </c>
       <c r="I70" s="183" t="s">
         <v>180</v>
       </c>
       <c r="J70" s="138" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="46" x14ac:dyDescent="0.25">
       <c r="A71" s="186"/>
       <c r="B71" s="185"/>
       <c r="C71" s="188"/>
       <c r="D71" s="185" t="s">
         <v>292</v>
       </c>
       <c r="E71" s="185" t="s">
         <v>4</v>
       </c>
       <c r="F71" s="185" t="s">
         <v>6</v>
       </c>
       <c r="G71" s="185" t="s">
         <v>5</v>
       </c>
       <c r="H71" s="185" t="s">
         <v>3</v>
       </c>
       <c r="I71" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="185" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A72" s="275" t="s">
+      <c r="A72" s="274" t="s">
         <v>49</v>
       </c>
-      <c r="B72" s="194">
+      <c r="B72" s="193">
         <v>1982</v>
       </c>
-      <c r="C72" s="195"/>
+      <c r="C72" s="194"/>
       <c r="D72" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E72" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F72" s="138" t="s">
         <v>80</v>
       </c>
       <c r="G72" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H72" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I72" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J72" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A73" s="275"/>
-      <c r="B73" s="194">
+      <c r="A73" s="274"/>
+      <c r="B73" s="193">
         <v>1983</v>
       </c>
-      <c r="C73" s="195"/>
-      <c r="D73" s="196" t="s">
+      <c r="C73" s="194"/>
+      <c r="D73" s="195" t="s">
         <v>79</v>
       </c>
       <c r="E73" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F73" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G73" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H73" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I73" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J73" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A74" s="275"/>
-      <c r="B74" s="194">
+      <c r="A74" s="274"/>
+      <c r="B74" s="193">
         <v>1984</v>
       </c>
-      <c r="C74" s="195"/>
+      <c r="C74" s="194"/>
       <c r="D74" s="183" t="s">
         <v>79</v>
       </c>
-      <c r="E74" s="196" t="s">
+      <c r="E74" s="195" t="s">
         <v>181</v>
       </c>
       <c r="F74" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G74" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H74" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I74" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J74" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A75" s="275"/>
-      <c r="B75" s="194">
+      <c r="A75" s="274"/>
+      <c r="B75" s="193">
         <v>1985</v>
       </c>
-      <c r="C75" s="195"/>
+      <c r="C75" s="194"/>
       <c r="D75" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E75" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F75" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G75" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H75" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I75" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J75" s="138" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="76" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A76" s="275"/>
-      <c r="B76" s="194">
+      <c r="A76" s="274"/>
+      <c r="B76" s="193">
         <v>1986</v>
       </c>
-      <c r="C76" s="195"/>
+      <c r="C76" s="194"/>
       <c r="D76" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E76" s="183" t="s">
         <v>181</v>
       </c>
       <c r="F76" s="137" t="s">
         <v>80</v>
       </c>
-      <c r="G76" s="196" t="s">
+      <c r="G76" s="195" t="s">
         <v>82</v>
       </c>
       <c r="H76" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I76" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J76" s="137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="77" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A77" s="275" t="s">
+      <c r="A77" s="274" t="s">
         <v>50</v>
       </c>
-      <c r="B77" s="194">
+      <c r="B77" s="193">
         <v>1987</v>
       </c>
-      <c r="C77" s="195"/>
+      <c r="C77" s="194"/>
       <c r="D77" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E77" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F77" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G77" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H77" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I77" s="184" t="s">
         <v>83</v>
       </c>
       <c r="J77" s="183" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="78" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A78" s="275"/>
-      <c r="B78" s="194">
+      <c r="A78" s="274"/>
+      <c r="B78" s="193">
         <v>1988</v>
       </c>
-      <c r="C78" s="195"/>
+      <c r="C78" s="194"/>
       <c r="D78" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E78" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F78" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G78" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H78" s="184" t="s">
         <v>77</v>
       </c>
       <c r="I78" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J78" s="183" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A79" s="275"/>
-      <c r="B79" s="194">
+      <c r="A79" s="274"/>
+      <c r="B79" s="193">
         <v>1989</v>
       </c>
-      <c r="C79" s="195"/>
+      <c r="C79" s="194"/>
       <c r="D79" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E79" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F79" s="138" t="s">
         <v>80</v>
       </c>
       <c r="G79" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H79" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I79" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J79" s="183" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="80" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A80" s="275"/>
-      <c r="B80" s="194">
+      <c r="A80" s="274"/>
+      <c r="B80" s="193">
         <v>1990</v>
       </c>
-      <c r="C80" s="195"/>
-      <c r="D80" s="196" t="s">
+      <c r="C80" s="194"/>
+      <c r="D80" s="195" t="s">
         <v>79</v>
       </c>
       <c r="E80" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F80" s="137" t="s">
         <v>80</v>
       </c>
       <c r="G80" s="183" t="s">
         <v>82</v>
       </c>
       <c r="H80" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I80" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J80" s="183" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="81" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A81" s="275"/>
-      <c r="B81" s="194">
+      <c r="A81" s="274"/>
+      <c r="B81" s="193">
         <v>1991</v>
       </c>
-      <c r="C81" s="195"/>
+      <c r="C81" s="194"/>
       <c r="D81" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E81" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="137" t="s">
         <v>80</v>
       </c>
-      <c r="G81" s="196" t="s">
+      <c r="G81" s="195" t="s">
         <v>82</v>
       </c>
       <c r="H81" s="181" t="s">
         <v>77</v>
       </c>
       <c r="I81" s="181" t="s">
         <v>83</v>
       </c>
       <c r="J81" s="183" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="82" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A82" s="275" t="s">
+      <c r="A82" s="274" t="s">
         <v>51</v>
       </c>
-      <c r="B82" s="194">
+      <c r="B82" s="193">
         <v>1992</v>
       </c>
-      <c r="C82" s="195"/>
+      <c r="C82" s="194"/>
       <c r="D82" s="183" t="s">
         <v>86</v>
       </c>
-      <c r="E82" s="207" t="s">
+      <c r="E82" s="206" t="s">
         <v>84</v>
       </c>
       <c r="F82" s="183" t="s">
         <v>87</v>
       </c>
       <c r="G82" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H82" s="181" t="s">
         <v>89</v>
       </c>
-      <c r="I82" s="208" t="s">
+      <c r="I82" s="207" t="s">
         <v>83</v>
       </c>
       <c r="J82" s="181" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A83" s="275"/>
-      <c r="B83" s="194">
+      <c r="A83" s="274"/>
+      <c r="B83" s="193">
         <v>1993</v>
       </c>
-      <c r="C83" s="195"/>
+      <c r="C83" s="194"/>
       <c r="D83" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E83" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F83" s="183" t="s">
         <v>87</v>
       </c>
       <c r="G83" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H83" s="181" t="s">
         <v>89</v>
       </c>
-      <c r="I83" s="209" t="s">
+      <c r="I83" s="208" t="s">
         <v>83</v>
       </c>
       <c r="J83" s="181" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A84" s="275"/>
-      <c r="B84" s="194">
+      <c r="A84" s="274"/>
+      <c r="B84" s="193">
         <v>1994</v>
       </c>
-      <c r="C84" s="195"/>
-      <c r="D84" s="196" t="s">
+      <c r="C84" s="194"/>
+      <c r="D84" s="195" t="s">
         <v>86</v>
       </c>
       <c r="E84" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F84" s="183" t="s">
         <v>87</v>
       </c>
       <c r="G84" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H84" s="181" t="s">
         <v>89</v>
       </c>
-      <c r="I84" s="208" t="s">
+      <c r="I84" s="207" t="s">
         <v>83</v>
       </c>
       <c r="J84" s="181" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A85" s="275"/>
-      <c r="B85" s="194">
+      <c r="A85" s="274"/>
+      <c r="B85" s="193">
         <v>1995</v>
       </c>
-      <c r="C85" s="195"/>
+      <c r="C85" s="194"/>
       <c r="D85" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E85" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F85" s="183" t="s">
         <v>87</v>
       </c>
-      <c r="G85" s="196" t="s">
+      <c r="G85" s="195" t="s">
         <v>88</v>
       </c>
       <c r="H85" s="181" t="s">
         <v>89</v>
       </c>
-      <c r="I85" s="208" t="s">
+      <c r="I85" s="207" t="s">
         <v>83</v>
       </c>
       <c r="J85" s="181" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A86" s="275"/>
-      <c r="B86" s="194">
+      <c r="A86" s="274"/>
+      <c r="B86" s="193">
         <v>1996</v>
       </c>
-      <c r="C86" s="195"/>
+      <c r="C86" s="194"/>
       <c r="D86" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E86" s="189" t="s">
         <v>84</v>
       </c>
       <c r="F86" s="183" t="s">
         <v>87</v>
       </c>
       <c r="G86" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H86" s="184" t="s">
         <v>89</v>
       </c>
-      <c r="I86" s="208" t="s">
+      <c r="I86" s="207" t="s">
         <v>83</v>
       </c>
       <c r="J86" s="181" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A87" s="275" t="s">
+      <c r="A87" s="274" t="s">
         <v>52</v>
       </c>
-      <c r="B87" s="194">
+      <c r="B87" s="193">
         <v>1997</v>
       </c>
-      <c r="C87" s="195"/>
+      <c r="C87" s="194"/>
       <c r="D87" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E87" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F87" s="210" t="s">
+      <c r="F87" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G87" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H87" s="181" t="s">
         <v>89</v>
       </c>
-      <c r="I87" s="196" t="s">
+      <c r="I87" s="195" t="s">
         <v>87</v>
       </c>
       <c r="J87" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="88" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A88" s="275"/>
-      <c r="B88" s="194">
+      <c r="A88" s="274"/>
+      <c r="B88" s="193">
         <v>1998</v>
       </c>
-      <c r="C88" s="195"/>
-      <c r="D88" s="196" t="s">
+      <c r="C88" s="194"/>
+      <c r="D88" s="195" t="s">
         <v>86</v>
       </c>
       <c r="E88" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F88" s="210" t="s">
+      <c r="F88" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G88" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H88" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I88" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J88" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="89" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A89" s="275"/>
-      <c r="B89" s="194">
+      <c r="A89" s="274"/>
+      <c r="B89" s="193">
         <v>1999</v>
       </c>
-      <c r="C89" s="195"/>
+      <c r="C89" s="194"/>
       <c r="D89" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E89" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F89" s="210" t="s">
+      <c r="F89" s="209" t="s">
         <v>92</v>
       </c>
-      <c r="G89" s="196" t="s">
+      <c r="G89" s="195" t="s">
         <v>88</v>
       </c>
       <c r="H89" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I89" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J89" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="90" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A90" s="275"/>
-      <c r="B90" s="194">
+      <c r="A90" s="274"/>
+      <c r="B90" s="193">
         <v>2000</v>
       </c>
-      <c r="C90" s="195"/>
+      <c r="C90" s="194"/>
       <c r="D90" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E90" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F90" s="210" t="s">
+      <c r="F90" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G90" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H90" s="184" t="s">
         <v>89</v>
       </c>
       <c r="I90" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J90" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="91" spans="1:10" ht="36" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="275"/>
-      <c r="B91" s="194">
+      <c r="A91" s="274"/>
+      <c r="B91" s="193">
         <v>2001</v>
       </c>
-      <c r="C91" s="195"/>
+      <c r="C91" s="194"/>
       <c r="D91" s="183" t="s">
         <v>86</v>
       </c>
       <c r="E91" s="184" t="s">
         <v>91</v>
       </c>
-      <c r="F91" s="210" t="s">
+      <c r="F91" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G91" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H91" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I91" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J91" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="275" t="s">
+      <c r="A92" s="274" t="s">
         <v>53</v>
       </c>
-      <c r="B92" s="194">
+      <c r="B92" s="193">
         <v>2002</v>
       </c>
-      <c r="C92" s="195"/>
+      <c r="C92" s="194"/>
       <c r="D92" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E92" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F92" s="211" t="s">
+      <c r="F92" s="210" t="s">
         <v>92</v>
       </c>
       <c r="G92" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H92" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I92" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J92" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="93" spans="1:10" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="275"/>
-[...1 lines deleted...]
-      <c r="C93" s="195"/>
+      <c r="A93" s="274"/>
+      <c r="B93" s="193"/>
+      <c r="C93" s="194"/>
       <c r="D93" s="185" t="s">
         <v>7</v>
       </c>
       <c r="E93" s="185" t="s">
         <v>8</v>
       </c>
       <c r="F93" s="185" t="s">
         <v>9</v>
       </c>
       <c r="G93" s="185" t="s">
         <v>10</v>
       </c>
       <c r="H93" s="185" t="s">
         <v>11</v>
       </c>
       <c r="I93" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J93" s="185" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="94" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A94" s="275"/>
-      <c r="B94" s="194">
+      <c r="A94" s="274"/>
+      <c r="B94" s="193">
         <v>2003</v>
       </c>
-      <c r="C94" s="195"/>
+      <c r="C94" s="194"/>
       <c r="D94" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E94" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F94" s="210" t="s">
+      <c r="F94" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G94" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H94" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I94" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J94" s="138" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A95" s="275"/>
-      <c r="B95" s="280">
+      <c r="A95" s="274"/>
+      <c r="B95" s="279">
         <v>2004</v>
       </c>
-      <c r="C95" s="284" t="s">
+      <c r="C95" s="283" t="s">
         <v>95</v>
       </c>
-      <c r="D95" s="285" t="s">
+      <c r="D95" s="284" t="s">
         <v>94</v>
       </c>
-      <c r="E95" s="282" t="s">
+      <c r="E95" s="281" t="s">
         <v>91</v>
       </c>
-      <c r="F95" s="283" t="s">
+      <c r="F95" s="282" t="s">
         <v>92</v>
       </c>
-      <c r="G95" s="286" t="s">
+      <c r="G95" s="285" t="s">
         <v>88</v>
       </c>
-      <c r="H95" s="282" t="s">
+      <c r="H95" s="281" t="s">
         <v>89</v>
       </c>
       <c r="I95" s="183" t="s">
         <v>87</v>
       </c>
       <c r="J95" s="137" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A96" s="275"/>
-[...6 lines deleted...]
-      <c r="H96" s="282"/>
+      <c r="A96" s="274"/>
+      <c r="B96" s="279"/>
+      <c r="C96" s="283"/>
+      <c r="D96" s="284"/>
+      <c r="E96" s="281"/>
+      <c r="F96" s="282"/>
+      <c r="G96" s="285"/>
+      <c r="H96" s="281"/>
       <c r="I96" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J96" s="183" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="97" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A97" s="275"/>
-      <c r="B97" s="194">
+      <c r="A97" s="274"/>
+      <c r="B97" s="193">
         <v>2005</v>
       </c>
-      <c r="C97" s="195"/>
+      <c r="C97" s="194"/>
       <c r="D97" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E97" s="181" t="s">
         <v>91</v>
       </c>
-      <c r="F97" s="210" t="s">
+      <c r="F97" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G97" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H97" s="184" t="s">
         <v>89</v>
       </c>
       <c r="I97" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J97" s="183" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="98" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A98" s="275"/>
-      <c r="B98" s="194">
+      <c r="A98" s="274"/>
+      <c r="B98" s="193">
         <v>2006</v>
       </c>
-      <c r="C98" s="195"/>
+      <c r="C98" s="194"/>
       <c r="D98" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E98" s="184" t="s">
         <v>91</v>
       </c>
-      <c r="F98" s="210" t="s">
+      <c r="F98" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G98" s="183" t="s">
         <v>88</v>
       </c>
       <c r="H98" s="181" t="s">
         <v>89</v>
       </c>
       <c r="I98" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J98" s="183" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="99" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A99" s="275" t="s">
+      <c r="A99" s="274" t="s">
         <v>37</v>
       </c>
-      <c r="B99" s="194">
+      <c r="B99" s="193">
         <v>2007</v>
       </c>
-      <c r="C99" s="195"/>
-      <c r="D99" s="196" t="s">
+      <c r="C99" s="194"/>
+      <c r="D99" s="195" t="s">
         <v>94</v>
       </c>
       <c r="E99" s="181" t="s">
         <v>96</v>
       </c>
-      <c r="F99" s="210" t="s">
+      <c r="F99" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G99" s="183" t="s">
         <v>97</v>
       </c>
       <c r="H99" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I99" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J99" s="183" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A100" s="275"/>
-      <c r="B100" s="194">
+      <c r="A100" s="274"/>
+      <c r="B100" s="193">
         <v>2008</v>
       </c>
-      <c r="C100" s="195"/>
+      <c r="C100" s="194"/>
       <c r="D100" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E100" s="181" t="s">
         <v>96</v>
       </c>
-      <c r="F100" s="211" t="s">
+      <c r="F100" s="210" t="s">
         <v>92</v>
       </c>
       <c r="G100" s="183" t="s">
         <v>97</v>
       </c>
       <c r="H100" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I100" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J100" s="183" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="101" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A101" s="275"/>
-      <c r="B101" s="194">
+      <c r="A101" s="274"/>
+      <c r="B101" s="193">
         <v>2009</v>
       </c>
-      <c r="C101" s="195"/>
+      <c r="C101" s="194"/>
       <c r="D101" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E101" s="181" t="s">
         <v>96</v>
       </c>
-      <c r="F101" s="210" t="s">
+      <c r="F101" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G101" s="183" t="s">
         <v>97</v>
       </c>
       <c r="H101" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I101" s="138" t="s">
         <v>93</v>
       </c>
       <c r="J101" s="183" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="102" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A102" s="275"/>
-      <c r="B102" s="194">
+      <c r="A102" s="274"/>
+      <c r="B102" s="193">
         <v>2010</v>
       </c>
-      <c r="C102" s="195"/>
+      <c r="C102" s="194"/>
       <c r="D102" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E102" s="181" t="s">
         <v>96</v>
       </c>
-      <c r="F102" s="210" t="s">
+      <c r="F102" s="209" t="s">
         <v>92</v>
       </c>
-      <c r="G102" s="196" t="s">
+      <c r="G102" s="195" t="s">
         <v>97</v>
       </c>
       <c r="H102" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I102" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J102" s="183" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="103" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A103" s="275"/>
-      <c r="B103" s="194">
+      <c r="A103" s="274"/>
+      <c r="B103" s="193">
         <v>2011</v>
       </c>
-      <c r="C103" s="195"/>
+      <c r="C103" s="194"/>
       <c r="D103" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E103" s="184" t="s">
         <v>96</v>
       </c>
-      <c r="F103" s="210" t="s">
+      <c r="F103" s="209" t="s">
         <v>92</v>
       </c>
       <c r="G103" s="183" t="s">
         <v>97</v>
       </c>
       <c r="H103" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I103" s="137" t="s">
         <v>93</v>
       </c>
       <c r="J103" s="183" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="104" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="275" t="s">
+      <c r="A104" s="274" t="s">
         <v>340</v>
       </c>
       <c r="B104" s="185"/>
       <c r="C104" s="188"/>
       <c r="D104" s="185" t="s">
         <v>7</v>
       </c>
       <c r="E104" s="185" t="s">
         <v>8</v>
       </c>
       <c r="F104" s="185" t="s">
         <v>9</v>
       </c>
       <c r="G104" s="185" t="s">
         <v>10</v>
       </c>
       <c r="H104" s="185" t="s">
         <v>11</v>
       </c>
       <c r="I104" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="185" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="105" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A105" s="275"/>
-      <c r="B105" s="194">
+      <c r="A105" s="274"/>
+      <c r="B105" s="193">
         <v>2012</v>
       </c>
-      <c r="C105" s="195"/>
+      <c r="C105" s="194"/>
       <c r="D105" s="183" t="s">
         <v>94</v>
       </c>
       <c r="E105" s="181" t="s">
         <v>96</v>
       </c>
       <c r="F105" s="182" t="s">
         <v>341</v>
       </c>
       <c r="G105" s="183" t="s">
         <v>97</v>
       </c>
       <c r="H105" s="181" t="s">
         <v>98</v>
       </c>
-      <c r="I105" s="196" t="s">
+      <c r="I105" s="195" t="s">
         <v>99</v>
       </c>
       <c r="J105" s="137" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A106" s="275"/>
-      <c r="B106" s="280">
+      <c r="A106" s="274"/>
+      <c r="B106" s="279">
         <v>2013</v>
       </c>
-      <c r="C106" s="292" t="s">
+      <c r="C106" s="291" t="s">
         <v>346</v>
       </c>
       <c r="D106" s="183" t="s">
         <v>94</v>
       </c>
-      <c r="E106" s="282" t="s">
+      <c r="E106" s="281" t="s">
         <v>96</v>
       </c>
-      <c r="F106" s="293" t="s">
+      <c r="F106" s="292" t="s">
         <v>341</v>
       </c>
-      <c r="G106" s="285" t="s">
+      <c r="G106" s="284" t="s">
         <v>97</v>
       </c>
-      <c r="H106" s="290" t="s">
+      <c r="H106" s="289" t="s">
         <v>98</v>
       </c>
-      <c r="I106" s="285" t="s">
+      <c r="I106" s="284" t="s">
         <v>99</v>
       </c>
-      <c r="J106" s="291" t="s">
+      <c r="J106" s="290" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="107" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A107" s="275"/>
-[...1 lines deleted...]
-      <c r="C107" s="292"/>
+      <c r="A107" s="274"/>
+      <c r="B107" s="279"/>
+      <c r="C107" s="291"/>
       <c r="D107" s="183" t="s">
         <v>345</v>
       </c>
-      <c r="E107" s="282"/>
-[...4 lines deleted...]
-      <c r="J107" s="291"/>
+      <c r="E107" s="281"/>
+      <c r="F107" s="292"/>
+      <c r="G107" s="284"/>
+      <c r="H107" s="289"/>
+      <c r="I107" s="284"/>
+      <c r="J107" s="290"/>
     </row>
     <row r="108" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A108" s="275"/>
-      <c r="B108" s="212">
+      <c r="A108" s="274"/>
+      <c r="B108" s="211">
         <v>2014</v>
       </c>
       <c r="C108" s="177"/>
       <c r="D108" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E108" s="181" t="s">
         <v>96</v>
       </c>
       <c r="F108" s="182" t="s">
         <v>341</v>
       </c>
-      <c r="G108" s="196" t="s">
+      <c r="G108" s="195" t="s">
         <v>97</v>
       </c>
       <c r="H108" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I108" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J108" s="137" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="109" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A109" s="275"/>
-      <c r="B109" s="212">
+      <c r="A109" s="274"/>
+      <c r="B109" s="211">
         <v>2015</v>
       </c>
       <c r="C109" s="177"/>
       <c r="D109" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E109" s="181" t="s">
         <v>96</v>
       </c>
       <c r="F109" s="182" t="s">
         <v>341</v>
       </c>
-      <c r="G109" s="196" t="s">
+      <c r="G109" s="195" t="s">
         <v>97</v>
       </c>
       <c r="H109" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I109" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J109" s="137" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="110" spans="1:10" ht="23" x14ac:dyDescent="0.3">
-      <c r="A110" s="275"/>
-      <c r="B110" s="212">
+      <c r="A110" s="274"/>
+      <c r="B110" s="211">
         <v>2016</v>
       </c>
       <c r="C110" s="177"/>
       <c r="D110" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E110" s="181" t="s">
         <v>96</v>
       </c>
       <c r="F110" s="182" t="s">
         <v>341</v>
       </c>
-      <c r="G110" s="196" t="s">
+      <c r="G110" s="195" t="s">
         <v>97</v>
       </c>
       <c r="H110" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I110" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J110" s="137" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="111" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="281" t="s">
+      <c r="A111" s="280" t="s">
         <v>349</v>
       </c>
       <c r="B111" s="188"/>
       <c r="C111" s="187"/>
       <c r="D111" s="185" t="s">
         <v>7</v>
       </c>
       <c r="E111" s="185" t="s">
         <v>8</v>
       </c>
       <c r="F111" s="185" t="s">
         <v>9</v>
       </c>
       <c r="G111" s="185" t="s">
         <v>10</v>
       </c>
       <c r="H111" s="185" t="s">
         <v>11</v>
       </c>
       <c r="I111" s="185" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="185" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A112" s="281"/>
+      <c r="A112" s="280"/>
       <c r="B112" s="187">
         <v>2017</v>
       </c>
       <c r="C112" s="188"/>
       <c r="D112" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E112" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F112" s="182" t="s">
         <v>341</v>
       </c>
-      <c r="G112" s="196" t="s">
+      <c r="G112" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H112" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I112" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J112" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="113" spans="1:10" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="281"/>
+      <c r="A113" s="280"/>
       <c r="B113" s="187">
         <v>2018</v>
       </c>
       <c r="C113" s="188"/>
       <c r="D113" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E113" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F113" s="182" t="s">
         <v>341</v>
       </c>
-      <c r="G113" s="196" t="s">
+      <c r="G113" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H113" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I113" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J113" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A114" s="281"/>
+      <c r="A114" s="280"/>
       <c r="B114" s="187"/>
-      <c r="C114" s="191" t="s">
+      <c r="C114" s="190" t="s">
         <v>351</v>
       </c>
       <c r="D114" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E114" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F114" s="137" t="s">
         <v>350</v>
       </c>
-      <c r="G114" s="196" t="s">
+      <c r="G114" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H114" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I114" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J114" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="115" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A115" s="281"/>
+      <c r="A115" s="280"/>
       <c r="B115" s="187">
         <v>2019</v>
       </c>
       <c r="C115" s="188"/>
       <c r="D115" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E115" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F115" s="137" t="s">
         <v>350</v>
       </c>
-      <c r="G115" s="196" t="s">
+      <c r="G115" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H115" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I115" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J115" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="116" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A116" s="281"/>
+      <c r="A116" s="280"/>
       <c r="B116" s="187">
         <v>2020</v>
       </c>
       <c r="C116" s="188"/>
       <c r="D116" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E116" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F116" s="137" t="s">
         <v>350</v>
       </c>
-      <c r="G116" s="196" t="s">
+      <c r="G116" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H116" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I116" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J116" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="117" spans="1:10" ht="23" x14ac:dyDescent="0.25">
-      <c r="A117" s="281"/>
+      <c r="A117" s="280"/>
       <c r="B117" s="187">
         <v>2021</v>
       </c>
       <c r="C117" s="188"/>
       <c r="D117" s="183" t="s">
         <v>345</v>
       </c>
       <c r="E117" s="137" t="s">
         <v>342</v>
       </c>
       <c r="F117" s="137" t="s">
         <v>350</v>
       </c>
-      <c r="G117" s="196" t="s">
+      <c r="G117" s="195" t="s">
         <v>347</v>
       </c>
       <c r="H117" s="181" t="s">
         <v>98</v>
       </c>
       <c r="I117" s="183" t="s">
         <v>99</v>
       </c>
       <c r="J117" s="181" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="118" spans="1:10" ht="80.5" x14ac:dyDescent="0.25">
-      <c r="A118" s="281" t="s">
+      <c r="A118" s="280" t="s">
         <v>352</v>
       </c>
       <c r="B118" s="185"/>
       <c r="C118" s="186"/>
       <c r="D118" s="185" t="s">
         <v>359</v>
       </c>
       <c r="E118" s="185" t="s">
         <v>360</v>
       </c>
       <c r="F118" s="185" t="s">
         <v>361</v>
       </c>
       <c r="G118" s="185" t="s">
         <v>362</v>
       </c>
       <c r="H118" s="185" t="s">
         <v>363</v>
       </c>
       <c r="I118" s="185" t="s">
         <v>364</v>
       </c>
       <c r="J118" s="185" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="119" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A119" s="281"/>
+      <c r="A119" s="280"/>
       <c r="B119" s="187">
         <v>2022</v>
       </c>
       <c r="C119" s="188"/>
       <c r="D119" s="182" t="s">
         <v>353</v>
       </c>
       <c r="E119" s="137" t="s">
         <v>354</v>
       </c>
       <c r="F119" s="137" t="s">
         <v>350</v>
       </c>
       <c r="G119" s="183" t="s">
         <v>355</v>
       </c>
       <c r="H119" s="189" t="s">
         <v>356</v>
       </c>
       <c r="I119" s="183" t="s">
         <v>357</v>
       </c>
       <c r="J119" s="181" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="120" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A120" s="281"/>
+      <c r="A120" s="280"/>
       <c r="B120" s="187">
         <v>2023</v>
       </c>
       <c r="C120" s="188"/>
       <c r="D120" s="182" t="s">
         <v>353</v>
       </c>
       <c r="E120" s="137" t="s">
         <v>354</v>
       </c>
       <c r="F120" s="137" t="s">
         <v>350</v>
       </c>
       <c r="G120" s="183" t="s">
         <v>355</v>
       </c>
       <c r="H120" s="189" t="s">
         <v>356</v>
       </c>
       <c r="I120" s="183" t="s">
         <v>357</v>
       </c>
       <c r="J120" s="181" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
-      <c r="A121" s="281"/>
+      <c r="A121" s="280"/>
       <c r="B121" s="187">
         <v>2024</v>
       </c>
-      <c r="C121" s="191"/>
+      <c r="C121" s="190"/>
       <c r="D121" s="182" t="s">
         <v>353</v>
       </c>
       <c r="E121" s="137" t="s">
         <v>354</v>
       </c>
       <c r="F121" s="137" t="s">
         <v>350</v>
       </c>
       <c r="G121" s="183" t="s">
         <v>355</v>
       </c>
       <c r="H121" s="189" t="s">
         <v>356</v>
       </c>
       <c r="I121" s="183" t="s">
         <v>357</v>
       </c>
       <c r="J121" s="181" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="122" spans="1:10" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="281"/>
+    <row r="122" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="280"/>
       <c r="B122" s="187">
         <v>2025</v>
       </c>
       <c r="C122" s="188"/>
-      <c r="D122" s="190"/>
-[...8 lines deleted...]
-      <c r="A123" s="281"/>
+      <c r="D122" s="182" t="s">
+        <v>353</v>
+      </c>
+      <c r="E122" s="137" t="s">
+        <v>354</v>
+      </c>
+      <c r="F122" s="137" t="s">
+        <v>350</v>
+      </c>
+      <c r="G122" s="183" t="s">
+        <v>355</v>
+      </c>
+      <c r="H122" s="189" t="s">
+        <v>356</v>
+      </c>
+      <c r="I122" s="183" t="s">
+        <v>357</v>
+      </c>
+      <c r="J122" s="181" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="280"/>
       <c r="B123" s="187">
         <v>2026</v>
       </c>
       <c r="C123" s="188"/>
-      <c r="D123" s="190"/>
-[...5 lines deleted...]
-      <c r="J123" s="190"/>
+      <c r="D123" s="182" t="s">
+        <v>353</v>
+      </c>
+      <c r="E123" s="137" t="s">
+        <v>354</v>
+      </c>
+      <c r="F123" s="137" t="s">
+        <v>350</v>
+      </c>
+      <c r="G123" s="183" t="s">
+        <v>355</v>
+      </c>
+      <c r="H123" s="189" t="s">
+        <v>356</v>
+      </c>
+      <c r="I123" s="183" t="s">
+        <v>357</v>
+      </c>
+      <c r="J123" s="181" t="s">
+        <v>358</v>
+      </c>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A124" s="178"/>
     </row>
     <row r="125" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="A125" s="178"/>
       <c r="B125" s="125" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="124"/>
       <c r="D125" s="124"/>
       <c r="E125" s="124"/>
       <c r="F125" s="124"/>
       <c r="G125" s="124"/>
       <c r="H125" s="124"/>
       <c r="I125" s="124"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A126" s="178"/>
-      <c r="B126" s="276" t="s">
+      <c r="B126" s="275" t="s">
         <v>328</v>
       </c>
-      <c r="C126" s="277"/>
-[...1 lines deleted...]
-      <c r="E126" s="287" t="s">
+      <c r="C126" s="276"/>
+      <c r="D126" s="276"/>
+      <c r="E126" s="286" t="s">
         <v>315</v>
       </c>
-      <c r="F126" s="288"/>
-      <c r="G126" s="289"/>
+      <c r="F126" s="287"/>
+      <c r="G126" s="288"/>
       <c r="I126" s="124"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A127" s="178"/>
       <c r="B127" s="173" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="127"/>
       <c r="D127" s="167"/>
-      <c r="E127" s="288"/>
-[...1 lines deleted...]
-      <c r="G127" s="289"/>
+      <c r="E127" s="287"/>
+      <c r="F127" s="287"/>
+      <c r="G127" s="288"/>
       <c r="I127" s="124"/>
     </row>
     <row r="128" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="179"/>
       <c r="B128" s="128" t="s">
         <v>277</v>
       </c>
       <c r="C128" s="128"/>
       <c r="D128" s="129"/>
       <c r="E128" s="126"/>
       <c r="F128" s="126"/>
       <c r="G128" s="126"/>
       <c r="H128" s="124"/>
       <c r="I128" s="124"/>
     </row>
     <row r="129" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B129" s="279" t="s">
+      <c r="B129" s="278" t="s">
         <v>267</v>
       </c>
-      <c r="C129" s="279"/>
-      <c r="D129" s="279" t="s">
+      <c r="C129" s="278"/>
+      <c r="D129" s="278" t="s">
         <v>294</v>
       </c>
-      <c r="E129" s="279"/>
-[...1 lines deleted...]
-      <c r="G129" s="279" t="s">
+      <c r="E129" s="278"/>
+      <c r="F129" s="278"/>
+      <c r="G129" s="278" t="s">
         <v>295</v>
       </c>
-      <c r="H129" s="279"/>
-      <c r="I129" s="279"/>
+      <c r="H129" s="278"/>
+      <c r="I129" s="278"/>
     </row>
     <row r="130" spans="2:9" ht="13" x14ac:dyDescent="0.25">
       <c r="B130" s="130" t="s">
         <v>296</v>
       </c>
       <c r="C130" s="130"/>
       <c r="D130" s="131"/>
       <c r="E130" s="132"/>
       <c r="F130" s="132" t="s">
         <v>257</v>
       </c>
       <c r="G130" s="133"/>
       <c r="H130" s="133"/>
       <c r="I130" s="133"/>
     </row>
     <row r="131" spans="2:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B131" s="168" t="s">
         <v>258</v>
       </c>
       <c r="C131" s="168"/>
       <c r="D131" s="169"/>
       <c r="E131" s="126"/>
       <c r="F131" s="126"/>
       <c r="G131" s="126"/>
       <c r="H131" s="124"/>
       <c r="I131" s="124"/>
     </row>
     <row r="132" spans="2:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B132" s="278" t="s">
+      <c r="B132" s="277" t="s">
         <v>259</v>
       </c>
-      <c r="C132" s="277"/>
+      <c r="C132" s="276"/>
       <c r="D132" s="134"/>
       <c r="E132" s="126"/>
       <c r="F132" s="126"/>
       <c r="G132" s="126"/>
       <c r="H132" s="123"/>
       <c r="I132" s="123"/>
     </row>
     <row r="133" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B133" s="170" t="s">
         <v>260</v>
       </c>
       <c r="C133" s="171"/>
       <c r="D133" s="171"/>
       <c r="E133" s="126"/>
       <c r="F133" s="126"/>
       <c r="G133" s="126"/>
       <c r="H133" s="135"/>
       <c r="I133" s="135"/>
     </row>
     <row r="134" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B134" s="175" t="s">
         <v>343</v>
       </c>
       <c r="C134" s="176"/>
       <c r="D134" s="126"/>
@@ -10639,84 +10668,84 @@
     <mergeCell ref="B132:C132"/>
     <mergeCell ref="B129:C129"/>
     <mergeCell ref="B95:B96"/>
     <mergeCell ref="A118:A123"/>
     <mergeCell ref="A111:A117"/>
     <mergeCell ref="A104:A110"/>
     <mergeCell ref="A5:A9"/>
     <mergeCell ref="A10:A14"/>
     <mergeCell ref="A15:A19"/>
     <mergeCell ref="A21:A25"/>
     <mergeCell ref="A99:A103"/>
     <mergeCell ref="A82:A86"/>
     <mergeCell ref="A92:A98"/>
     <mergeCell ref="A26:A30"/>
     <mergeCell ref="A32:A36"/>
     <mergeCell ref="A38:A42"/>
     <mergeCell ref="A44:A48"/>
     <mergeCell ref="A55:A59"/>
     <mergeCell ref="A60:A65"/>
     <mergeCell ref="A49:A53"/>
     <mergeCell ref="A87:A91"/>
     <mergeCell ref="A77:A81"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>1848-1857_Direktionen_Parteien</vt:lpstr>
       <vt:lpstr>1857-1881_Direktionen_Parteien</vt:lpstr>
       <vt:lpstr>1881-1921_Direktionen_Parteien</vt:lpstr>
-      <vt:lpstr>1921-2022_Direktionen_Parteien</vt:lpstr>
+      <vt:lpstr>1921-2026_Direktionen_Parteien</vt:lpstr>
       <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Fribourg</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SiTel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>